--- v0 (2025-11-08)
+++ v1 (2026-01-10)
@@ -12,51 +12,51 @@
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr date1904="0"/>
   <sheets>
     <sheet name="Sheet" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <si>
     <t>MISSISSIPPI DEPARTMENT OF TRANSPORTATION</t>
   </si>
   <si>
     <t>Approved Product Report</t>
   </si>
   <si>
-    <t>Printed: 11/8/2025 5:49:34 PM</t>
+    <t>Printed: 1/9/2026 7:30:18 PM</t>
   </si>
   <si>
     <t>Filter Value</t>
   </si>
   <si>
     <t>Page 1 of 1</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Mat Cd.</t>
   </si>
   <si>
     <t>Material Name</t>
   </si>
   <si>
     <t>Producer/Supplier</t>
   </si>
   <si>
     <t>Eff. Dt.</t>
   </si>
   <si>
     <t>Exp. Dt.</t>
   </si>
@@ -87,206 +87,149 @@
   <si>
     <t>SAKRETE PRO MIX ALL-PURPOSE CEMENT</t>
   </si>
   <si>
     <t>SAKRETE</t>
   </si>
   <si>
     <t>20280831</t>
   </si>
   <si>
     <t>SAKRETE PRO MIX CONCRETE REPAIR</t>
   </si>
   <si>
     <t>SAFETY - TEMPORARY WORK ZONE BARRIERS</t>
   </si>
   <si>
     <t>619.02.6-001</t>
   </si>
   <si>
     <t>YODOCK BARRIER</t>
   </si>
   <si>
     <t>YODOCK WALL CO, INC</t>
   </si>
   <si>
-    <t>20251231</t>
+    <t>20291231</t>
   </si>
   <si>
     <t>2017 §619.02.7
 32" (812MM) HEIGHT: USE ONLY IN AREAS WHERE SPEEDS ARE EXPECTED TO BE 45 MPH (72 KPH) OR LESS.
 46" (1170MM) HEIGHT: MAY BE USED IN AREAS WHERE SPEEDS ARE EXPECTED TO BE IN EXCESS OF 45 MPH (72 KPH).</t>
   </si>
   <si>
     <t>RECRETE 5 MINUTE</t>
   </si>
   <si>
     <t>DAYTON SUPERIOR UNITEX</t>
   </si>
   <si>
     <t>20261231</t>
   </si>
   <si>
     <t>2017 §714.11.6
 SINGLE COMPONENT PORTLAND CEMENT BASED PATCHING MATERIAL</t>
   </si>
   <si>
     <t>PRO-POXY 204</t>
   </si>
   <si>
     <t>2017 §714.11.6, §510.02
 POLYMER CONCRETE. TWO COMPONENT EPOXY BASED PATCHING MATERIAL</t>
   </si>
   <si>
     <t>RECRETE 20 MINUTE</t>
   </si>
   <si>
     <t>ZONEGUARD</t>
   </si>
   <si>
     <t>HILL AND SMITH, INC</t>
   </si>
   <si>
     <t>2017 §619.02.7</t>
   </si>
   <si>
     <t>ZONEBLOC+ PORTABLE CONCRETE BARRIER</t>
   </si>
   <si>
     <t>20240101</t>
   </si>
   <si>
     <t>20270930</t>
   </si>
   <si>
-    <t>J-J HOOKS/MASH SAFETY BARRIER</t>
-[...23 lines deleted...]
-  <si>
     <t>SENTRY WATER CABLE BARRIER</t>
   </si>
   <si>
     <t>TRAFFIX DEVICES, INC</t>
   </si>
   <si>
     <t>20291001</t>
   </si>
   <si>
     <t>HV2 TEMPORARY STEEL BARRIER</t>
   </si>
   <si>
     <t>20240701</t>
   </si>
   <si>
     <t>20280701</t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve">BARRIERGUARD  800</t>
   </si>
   <si>
     <t>SIKAQUICK 1000</t>
   </si>
   <si>
     <t>SIKA CHEMICAL CORPORATION</t>
   </si>
   <si>
     <t>20261221</t>
   </si>
   <si>
     <t>SIKAQUICK 2500</t>
   </si>
   <si>
     <t>SIKAQUICK VOH</t>
   </si>
   <si>
     <t>20260630</t>
   </si>
   <si>
     <t>HD-50</t>
   </si>
   <si>
     <t>DAYTON SUPERIOR</t>
   </si>
   <si>
     <t>2017 §714.11.6
 SINGLE COMPONENT PORTLAND CEMENT BASED PATCHING MATERIAL.</t>
   </si>
   <si>
     <t>DOT RAPID REPAIR</t>
   </si>
   <si>
     <t>20270427</t>
-  </si>
-[...15 lines deleted...]
-MATERIAL SUBSTITUTION APPROVAL BY THE ENGINEER REQUIRED PRIOR TO USE.</t>
   </si>
   <si>
     <t>ASPHALT - WMA PRODUCT/PROCESS</t>
   </si>
   <si>
     <t>401.02.2-001</t>
   </si>
   <si>
     <t>AQUA FOAM</t>
   </si>
   <si>
     <t>RELIABLE ASPHALT PRODUCTS, INC</t>
   </si>
   <si>
     <t>20491231</t>
   </si>
   <si>
     <t>2017 §401.02.2
 WMA FOAMING PROCESS</t>
   </si>
   <si>
     <t>ASTEC DOUBLE BARREL GREEN</t>
   </si>
   <si>
     <t>ASTEC, INC</t>
@@ -491,168 +434,85 @@
     <t>(2) CURLEX II CL</t>
   </si>
   <si>
     <t>228.02.1-003</t>
   </si>
   <si>
     <t>(3) AEC PREMIER STRAW/COCONUT</t>
   </si>
   <si>
     <t>2017 §228.02
 ECB TYPE III</t>
   </si>
   <si>
     <t>(3) CURLEX III</t>
   </si>
   <si>
     <t>(3) CURLEX II</t>
   </si>
   <si>
     <t>228.02.1-004</t>
   </si>
   <si>
     <t>(4) TRINET COCONUT TRM</t>
   </si>
   <si>
+    <t>20291118</t>
+  </si>
+  <si>
     <t>2017 §228.02
 ECB TYPE IV</t>
   </si>
   <si>
     <t>(4) AEC PREMIER COCONUT</t>
   </si>
   <si>
     <t>(4) TRINET CURLEX TRM</t>
   </si>
   <si>
     <t>(4) TRINET RECYCLEX TRM</t>
   </si>
   <si>
     <t>(4) CURLEX III</t>
   </si>
   <si>
     <t>(4) TRINET STRAW COCONUT TRM</t>
   </si>
   <si>
     <t>EROSION - WATTLES</t>
   </si>
   <si>
     <t>237.02-001</t>
   </si>
   <si>
     <t>AEC PREMIER STRAW WATTLES 12, &amp; 20</t>
   </si>
   <si>
     <t>2017 §237.02</t>
   </si>
   <si>
     <t>CURLEX SEDIMENT LOG</t>
-  </si>
-[...84 lines deleted...]
-    <t>(SS)TYPE IV - SF 35</t>
   </si>
   <si>
     <t>SCREEN-SAFE GLARE SCREEN SAFETY SHIELD</t>
   </si>
   <si>
     <t>TRANSPO INDUSTRIES, INC.</t>
   </si>
   <si>
     <t>20250901</t>
   </si>
   <si>
     <t>20290901</t>
   </si>
   <si>
     <t xml:space="preserve">Approved as a substitute for glare paddles.  Must be approved for use by Project Engineer and Traffic Division.</t>
   </si>
   <si>
     <t>TRAFFIC - TEMPORARY PREFORMED PAVEMENT MARKING TAPE</t>
   </si>
   <si>
     <t>720.05.2-001</t>
   </si>
   <si>
     <t>3M STAMARK WET REFLECT REM 710 (WHITE)</t>
   </si>
@@ -795,50 +655,53 @@
     <t>AD TYPE IX OMNIVIEW T-9000 SERIES</t>
   </si>
   <si>
     <t>AD TYPE VIII T-7000 MVP SERIES</t>
   </si>
   <si>
     <t>AD TYPE VIII W-7000 MVP SERIES</t>
   </si>
   <si>
     <t>AD TYPE XI OMNICUBE W-11000 SERIES</t>
   </si>
   <si>
     <t>AD TYPE III T-6000 HIP SERIES</t>
   </si>
   <si>
     <t>AD TYPE IV WR-7100 REBOUND SERIES</t>
   </si>
   <si>
     <t>SAFETY - MASH ATTENUATOR</t>
   </si>
   <si>
     <t>629.02-001</t>
   </si>
   <si>
     <t>ABSORB-M</t>
+  </si>
+  <si>
+    <t>LINDSAY TRANSPORTATION SOLUTIONS - BARRIER SYSTEMS</t>
   </si>
   <si>
     <t>2017 §619.02.9
 TEMPORARY ONLY
 NON-FLARED, LONGITUDINAL BARRIER 
 GATING, NON-REDIRECTIVE
 MS TYPE 1
 MASH TL-2 AND TL-3
 DOES NOT REQUIRE PAVED SURFACE</t>
   </si>
   <si>
     <t>SAFETY - 350 ATTENUATOR</t>
   </si>
   <si>
     <t>TAU II</t>
   </si>
   <si>
     <t>2017 §629.02, §619.02.9
 PERMANENT OR TEMPORARY
 NON-FLARED, TERMINAL END CRASH CUSHION
 NON-GATING, REDIRECTIVE
 MS TYPE 3
 NCHRP-350 TL-2, AND TL-3
 PAVED SURFACE REQUIRED
 RESIDUAL CAPACITY
@@ -1058,82 +921,50 @@
   <si>
     <t>PEXCO FTSTR SERIES</t>
   </si>
   <si>
     <t>PEXCO BUTTERFLY GUARDRAIL BOLT-ON</t>
   </si>
   <si>
     <t>PEXCO BUTTERFLY GUARDRAIL GLUE-ON</t>
   </si>
   <si>
     <t>PEXCO CITY POST SM SURFACE MOUNT</t>
   </si>
   <si>
     <t>PEXCO CITY POST GD GLUE DOWN</t>
   </si>
   <si>
     <t>FOL TAPE 300 WET REF. (WHITE &amp; YELLOW)</t>
   </si>
   <si>
     <t>FOL TAPE, LLC</t>
   </si>
   <si>
     <t>FOL TAPE 310 (YELLOW)</t>
   </si>
   <si>
-    <t>(RW/RSS)TYPE III - FORTRAC 35/20-20</t>
-[...30 lines deleted...]
-  <si>
     <t>IRS MP2</t>
   </si>
   <si>
     <t>IMPACT RECOVERY SYSTEMS</t>
   </si>
   <si>
     <t>IRS OMEGAPOST</t>
   </si>
   <si>
     <t>NUDRAIN PD20</t>
   </si>
   <si>
     <t>NILEX CORPORATION</t>
   </si>
   <si>
     <t>SC250 REINFORCEMENT SERIES</t>
   </si>
   <si>
     <t>NORTH AMERICAN GREEN</t>
   </si>
   <si>
     <t>C350 REINFORCEMENT SERIES</t>
   </si>
   <si>
     <t>NORTH AMERICAN GREEN P-300</t>
@@ -1189,107 +1020,83 @@
   <si>
     <t>ORALITE TYPE XI 9900 SERIES</t>
   </si>
   <si>
     <t>ORAFOL AMERICAS INC</t>
   </si>
   <si>
     <t>20270414</t>
   </si>
   <si>
     <t>M-FLEAT</t>
   </si>
   <si>
     <t>ROAD SYSTEMS, INC (RSI)</t>
   </si>
   <si>
     <t>2017 §606.01
 PERMANENT ONLY
 FLARED, W-BEAM TERMINAL END
 GATING
 MS TYPE 2
 MASH TL-3
 DOES NOT REQUIRE PAVED SURFACE</t>
   </si>
   <si>
-    <t>SAFETY - 350 TERMINAL END</t>
-[...7 lines deleted...]
-  <si>
     <t>MIRADRAIN G200N</t>
   </si>
   <si>
     <t>SOLMAX (TENCATE GEOSYNTHETICS)</t>
   </si>
   <si>
-    <t>(RW/RSS)TYPE I - MIRAFI MIRAGRID 3XT</t>
+    <t>MISC - GEOGRIDS (SUBGRADE STABILIZATION)</t>
+  </si>
+  <si>
+    <t>714.15-001</t>
   </si>
   <si>
     <t>(SS)TYPE I - SOLMAX MIRAFI BXG110</t>
   </si>
   <si>
     <t>20250501</t>
   </si>
   <si>
     <t>20290531</t>
   </si>
   <si>
     <t>S.P. 907-714-1 AND S.P. 907-809-2
 TYPE I GEOGRID - APPROVED FOR USE IN
 SUBGRADE STABILIZATION</t>
   </si>
   <si>
+    <t>714.15-002</t>
+  </si>
+  <si>
     <t>(SS)TYPE II - SOLMAX MIRAFI BXG120</t>
   </si>
   <si>
     <t>TYPE II GEOGRID FOR SOIL STABILIZATION</t>
-  </si>
-[...19 lines deleted...]
-    <t>(RW/RSS)TYPE V - UX 1500 MSE</t>
   </si>
   <si>
     <t>MISC - CONCRETE PAINT</t>
   </si>
   <si>
     <t>714.12-001</t>
   </si>
   <si>
     <t>300 BRIDGE-COTE</t>
   </si>
   <si>
     <t>TEXCOTE</t>
   </si>
   <si>
     <t>20261031</t>
   </si>
   <si>
     <t>XL-70 BRIDGE-COTE</t>
   </si>
   <si>
     <t>DELTA</t>
   </si>
   <si>
     <t>2017 §629.02, §619.02.9
 PERMANENT OR TEMPORARY
@@ -1441,113 +1248,82 @@
   <si>
     <t>CRAFCO, INC</t>
   </si>
   <si>
     <t>20090101</t>
   </si>
   <si>
     <t>2017 §401.03.12</t>
   </si>
   <si>
     <t>SC MULTIPURPOSE GROUT</t>
   </si>
   <si>
     <t>SPECCHEM, LLC</t>
   </si>
   <si>
     <t>20271013</t>
   </si>
   <si>
     <t>FABPRO PERFORMAX</t>
   </si>
   <si>
     <t>FABPRO ORIENTED POLYMERS</t>
   </si>
   <si>
-    <t>(RW/RSS)TYPE III - STRATA SG150</t>
-[...23 lines deleted...]
-  <si>
     <t>International Paint 814 System 1</t>
   </si>
   <si>
     <t>INTERNATIONAL PAINT, LLC</t>
   </si>
   <si>
     <t>(EPOXY MASTIC REPAIR) BAR-RUST 236
 (INORGANIC ZINC RICH PRIME) INTERZINC 22HS
 (ACRYLIX LATEX INT) DEVFLEX 4212HP
 (ACRYLIX LATEX TOP) DEVFLEX 4212HP</t>
   </si>
   <si>
     <t>ABC FIBERFORCE 750 2-INCH</t>
   </si>
   <si>
     <t>ABC POLYMER INDUSTRIES LLC</t>
   </si>
   <si>
     <t>MINIMUM DOSAGE REQUIRED: 3.0 LBS/CUBIC YARD
 2017 §711.04</t>
   </si>
   <si>
     <t>CONCRETE - ADMIXTURES</t>
   </si>
   <si>
     <t>713.02-001</t>
   </si>
   <si>
-    <t>MAPEI DYNAMON NRG 1092 (A)</t>
+    <t>MAPEI MAPEPLAST 400 NC (A)</t>
   </si>
   <si>
     <t>MAPEI CORPORATION</t>
-  </si>
-[...4 lines deleted...]
-    <t>MAPEI MAPEPLAST 400 NC (A)</t>
   </si>
   <si>
     <t>20270310</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 3.0 - 5.0 OZ/100LBS</t>
   </si>
   <si>
     <t>MAPEI MAPETARD R (D)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 2.0 - 5.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>MAPEI POLYCHEM SPC (A)</t>
   </si>
   <si>
     <t>(S) RECOMMENDED DOSAGE RANGE: SPECIAL PERMISSION REQUIRED</t>
   </si>
   <si>
     <t>MAPEI POLYCHEM SPC (F)</t>
   </si>
   <si>
     <t>MAPEI MAPEPLAST KB 1200 (A)</t>
   </si>
@@ -1589,70 +1365,50 @@
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 1.0 - 64.0 OZ/100LBS</t>
   </si>
   <si>
     <t>MAPEI MAPEFAST SUPER SET PLUS (C)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 8.0 - 30.0 OZ/100LBS</t>
   </si>
   <si>
     <t>MAPEI DYNAMON SX (A)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 7.7 - 30.7 OZ/100LBS</t>
   </si>
   <si>
     <t>MAPEI PLANITOP 18 TG</t>
   </si>
   <si>
     <t>20270313</t>
   </si>
   <si>
     <t xml:space="preserve">2017 §714.11.6
 SINGLE COMPONENT PORTLAND CEMENT BASED PATCHING MATERIAL.  AGGREGATE EXTENDER REQUIRED.</t>
-  </si>
-[...18 lines deleted...]
-NON-SHRINK, FIBER REINFORCED, POLYMER MODIFIED, SINGLE COMPONENT CONCRETE PATCHING MATERIAL FOR VERTICAL AND OVERHEAD APPLICATIONS.</t>
   </si>
   <si>
     <t>PLANIGROUT 712</t>
   </si>
   <si>
     <t>20290305</t>
   </si>
   <si>
     <t>FASTRAC 300</t>
   </si>
   <si>
     <t>WESTERN MATERIAL AND DESIGN, LLC</t>
   </si>
   <si>
     <t>(1) US-1S</t>
   </si>
   <si>
     <t>US EROSION CONTROL PRODUCTS</t>
   </si>
   <si>
     <t>20270322</t>
   </si>
   <si>
     <t>(1) US-1X</t>
   </si>
@@ -1744,50 +1500,53 @@
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 2.0 - 20.0 OZ/ 100 LBS</t>
   </si>
   <si>
     <t>GCP ADVA CAST 585 (F)</t>
   </si>
   <si>
     <t>GCP ADVA CAST 585 (A)</t>
   </si>
   <si>
     <t>GCP ELARA SP200 (A)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 2.0 - 3.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>GCP DARATARD HC (D)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 2.0 - 4.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>GCP DARACEM 55 (A)</t>
   </si>
   <si>
+    <t>RECOMMENDED DOSAGE RANGE: 3.0 - 15.0 OZ/100 LBS</t>
+  </si>
+  <si>
     <t>GCP ADVA 190 (F)</t>
   </si>
   <si>
     <t>GCP ADVA 195 (F)</t>
   </si>
   <si>
     <t>GCP ADVA 190 (A)</t>
   </si>
   <si>
     <t>GCP ADVA 195 (A)</t>
   </si>
   <si>
     <t>GCP DARACEM 55 (F)</t>
   </si>
   <si>
     <t>GCP WRDA 64 (A)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 3.0 - 6.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>GCP WRDA 64 (D)</t>
   </si>
   <si>
     <t>GCP AIRALON 7000 (AEA)</t>
@@ -2179,258 +1938,327 @@
   <si>
     <t>X-CEL PP-5-10</t>
   </si>
   <si>
     <t>(1) EXCEL R-1</t>
   </si>
   <si>
     <t>(1) EXCEL SR-1</t>
   </si>
   <si>
     <t>(2) EXCEL SS-2</t>
   </si>
   <si>
     <t>(3) EXCEL S-2</t>
   </si>
   <si>
     <t>(4) EXCEL CC-4</t>
   </si>
   <si>
     <t>ASPEN EXCELSIOR LOGS</t>
   </si>
   <si>
     <t>EXCEL STRAW LOGS</t>
   </si>
   <si>
-    <t>EROSION - INLET SILTATION GUARD</t>
-[...52 lines deleted...]
-  <si>
     <t>FLEX-TAB BARRIER MARKER</t>
   </si>
   <si>
     <t>ARTUK CORP.</t>
   </si>
   <si>
     <t>ASPHALT - OGFC TACK COAT</t>
   </si>
   <si>
     <t>402.03.1.2-001</t>
   </si>
   <si>
     <t>NTHAP (Ultrafuse)</t>
   </si>
   <si>
     <t>BLACKLIDGE EMULSIONS, INC (GULFPORT)</t>
   </si>
   <si>
-    <t>2017 §402.03.1.2
-[...2 lines deleted...]
-APPLIED RATE: 0.10 TO 0.14 GAL/SQUARE YARD.</t>
+    <t>ASPHALT - NON-TRACKING TACK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NTHAP  (Ultrafuse)</t>
   </si>
   <si>
     <t>407.02.1-001</t>
   </si>
   <si>
-    <t xml:space="preserve">NTSS1-HM  (ULTRATACK)</t>
-[...2 lines deleted...]
-    <t>ASPHALT - NON-TRACKING TACK</t>
+    <t xml:space="preserve">NTSS-1HM  (ULTRATACK)</t>
   </si>
   <si>
     <t>NTSS-1HM (ULTRATACK)</t>
   </si>
   <si>
     <t>407.02.1-002</t>
   </si>
   <si>
     <t xml:space="preserve">CBC-1H &amp; CBC-1HT  (ETAC-H)</t>
   </si>
   <si>
+    <t>ERGON AE VICKSBURG, MS</t>
+  </si>
+  <si>
     <t>CBC-1H &amp; CBC-1HT (ETAC-H)</t>
   </si>
   <si>
     <t>407.02.1-003</t>
   </si>
   <si>
+    <t xml:space="preserve">BC-1HT  (ETAC)</t>
+  </si>
+  <si>
     <t>BC-1HT (ETAC)</t>
   </si>
   <si>
+    <t xml:space="preserve"> NTSS-1HM</t>
+  </si>
+  <si>
+    <t>HUNT REFINING COMPANY (TUSCALOOSA, AL)</t>
+  </si>
+  <si>
     <t>NTSS-1HM</t>
   </si>
   <si>
-    <t>HUNT REFINING COMPANY (TUSCALOOSA, AL)</t>
+    <t>HUNT REFINING COMPANY (LUMBERTON, MS)</t>
+  </si>
+  <si>
+    <t>ERGON AE MEMPHIS, TN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CBC-1H  &amp; CBC-1HT (ETAC-H)</t>
+  </si>
+  <si>
+    <t>REACT M</t>
+  </si>
+  <si>
+    <t>20250714</t>
+  </si>
+  <si>
+    <t>2017 §629.02, §619.02.9 
+PERMANENT OR TEMPORARY CRASH CUSHION
+NON-FLARED, NON-GATING, REDIRECTIVE 
+MS TYPE 2 MASH TL-3 
+PAVED SURFACE REQUIRED</t>
+  </si>
+  <si>
+    <t>QUADGUARD M WIDE</t>
+  </si>
+  <si>
+    <t>ENERGITE III</t>
+  </si>
+  <si>
+    <t>2017 §629.02, §619.02.9 
+TEMPORARY CRASH CUSHION
+GATING, NON-REDIRECTIVE 
+MS TYPE 1 MASH TL-3</t>
+  </si>
+  <si>
+    <t>NOVUS 100</t>
+  </si>
+  <si>
+    <t>20251216</t>
+  </si>
+  <si>
+    <t>20291216</t>
+  </si>
+  <si>
+    <t>2017 §629.02, §619.02.9 
+PERMANENT OR TEMPORARY CRASH CUSHION
+NON-GATING, REDIRECTIVE 
+MS TYPE 2 MASH TL-3</t>
+  </si>
+  <si>
+    <t>QUAGUARD ELITE CRASH CUSHION SYSTEM</t>
+  </si>
+  <si>
+    <t>2017 §629.02, §619.02.9
+PERMANENT OR TEMPORARY
+NON-FLARED, TERMINAL END CRASH CUSHION
+NON-GATING, REDIRECTIVE
+MS TYPE 2
+NCHRP-350 TL-2, AND TL-3
+PAVED SURFACE REQUIRED
+RESIDUAL CAPACITY
+FHWA SUNSET: 12/31/2018</t>
+  </si>
+  <si>
+    <t>SHORTTRACK TL-2</t>
+  </si>
+  <si>
+    <t>2017 §629.02, §619.02.9
+PERMANENT OR TEMPORARY
+NON-FLARED, TERMINAL END CRASH CUSHION
+NON-GATING, REDIRECTIVE
+MS TYPE 2
+NCHRP-350 TL-2
+PAVED SURFACE REQUIRED
+FHWA SUNSET: 12/31/2018</t>
+  </si>
+  <si>
+    <t>QUADGUARD ELITE M10 CRASH CUSHION</t>
+  </si>
+  <si>
+    <t>QUADGUARD M10 CRASH CUSHION SYSTEM</t>
+  </si>
+  <si>
+    <t>ARMORBUFFA</t>
+  </si>
+  <si>
+    <t>2017 §619.02.9
+TEMPORARY ONLY
+NON-FLARED 
+GATING, NON-REDIRECTIVE
+MS TYPE 1
+TL-3
+DOES NOT REQUIRE PAVED SURFACE</t>
+  </si>
+  <si>
+    <t>SAFETY - 350 TERMINAL END</t>
   </si>
   <si>
     <t>CAT-350</t>
   </si>
   <si>
     <t>2017 §606.01
 PERMANENT ONLY
 NON-FLARED, CRASH CUSHION W-BEAM TERMINAL END
 NON-GATING, REDIRECTIVE
 MS TYPE 2
 NCHRP-350 TL-3
 DOES NOT REQUIRE PAVED SURFACE
 FHWA SUNSET: 06/30/2018</t>
   </si>
   <si>
     <t>SRT 350</t>
   </si>
   <si>
     <t>2017 §606.01
 PERMANENT ONLY
 FLARED, W-BEAM TERMINAL END 
 GATING, REDIRECTIVE
 MS TYPE 2
 NCHRP-350 TL-3
 DOES NOT REQUIRE PAVED SURFACE
 FHWA SUNSET: 06/30/2018</t>
   </si>
   <si>
     <t>QUEST CRASH CUSHION</t>
   </si>
   <si>
     <t>20270101</t>
   </si>
   <si>
     <t>2017 §606.01
 PERMANENT OR TEMPORARY
 NON-FLARED, TERMINAL END CRASH CUSHION
 NON-GATING, REDIRECTIVE
 MS TYPE 2
 NCHRP-350 TL-2, AND TL-3
 PAVED SURFACE REQUIRED
 FHWA SUNSET: 12/31/2018</t>
   </si>
   <si>
+    <t>4F-T</t>
+  </si>
+  <si>
+    <t>2017 §606.01
+PERMANENT ONLY
+FLARED, SINGLE SIDED TERMINAL END
+REDIRECTIVE, GATING
+MS TYPE 2
+MASH TL-1, TL-2, TL-3</t>
+  </si>
+  <si>
     <t>SOFTSTOP MASH END TERMINAL</t>
   </si>
   <si>
     <t>2017 §606.01
 PERMANENT ONLY
 NON-FLARED, W-BEAM TERMINAL END 
 GATING, REDIRECTIVE
 MS TYPE 2
 MASH TL-1, TL-2, AND TL-3
 DOES NOT REQUIRE PAVED SURFACE</t>
   </si>
   <si>
     <t>TREND 350 MEDIAN END TERMINAL</t>
   </si>
   <si>
     <t>MATT</t>
   </si>
   <si>
     <t>20250324</t>
   </si>
   <si>
     <t>20290324</t>
   </si>
   <si>
     <t>2017 §606.01
 PERMANENT ONLY
 NON-FLARED, DOUBLE SIDED W-BEAM TERMINAL END
 GATING
 MS TYPE 2
 MASH TL-1, TL-2, TL-3
 DOES NOT REQUIRE PAVED SURFACE</t>
   </si>
   <si>
     <t>HIGHWAYGUARD SDS</t>
   </si>
   <si>
-    <t>20250714</t>
-[...1 lines deleted...]
-  <si>
     <t>HIGHWAYGUARD LDS</t>
   </si>
   <si>
     <t>ARMORZONE</t>
   </si>
   <si>
     <t>20270831</t>
   </si>
   <si>
     <t>YODOCK 2001</t>
   </si>
   <si>
     <t>YODOCK 2001M</t>
   </si>
   <si>
     <t>YODOCK 2001MB</t>
+  </si>
+  <si>
+    <t>SW BRIDGE&amp;HWY TEXT. ACRY. COAT(B42-800)</t>
+  </si>
+  <si>
+    <t>SHERWIN WILLIAMS HIGHWAY PRODUCTS</t>
+  </si>
+  <si>
+    <t>SW CONCRETE TEXTURE COAT (B97-155)</t>
+  </si>
+  <si>
+    <t>SW DOT SOLVENT TEXTURE COAT (B97-1000)</t>
   </si>
   <si>
     <t>SWARCO DIRECTOR 2 (WHITE)</t>
   </si>
   <si>
     <t>SWARCO</t>
   </si>
   <si>
     <t>VISA-LINE ENGINEER GRADE (YELLOW)</t>
   </si>
   <si>
     <t>EUCLID TUF-STRAND SF</t>
   </si>
   <si>
     <t>EUCLID CHEMICAL COMPANY</t>
   </si>
   <si>
     <t>EUCLID TUF-STRAND MAX TEN</t>
   </si>
   <si>
     <t>MINIMUM DOSAGE REQUIRED: 5.0 LBS/CUBIC YARD
 2017 §711.04</t>
   </si>
   <si>
     <t>EUCLID ACCELGUARD 80 (C)</t>
@@ -2900,92 +2728,106 @@
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 5.0 - 90.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>MB MASTERSET FP 20 (C)</t>
   </si>
   <si>
     <t>MB MASTERRHEOBUILD 1000 (F)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 7.0 - 25.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>MB MASTER X-SEED 44 (S)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE: 10-40 FL. OZ / CWT</t>
   </si>
   <si>
     <t>MB MASTERRHEOBUILD 1000 (A)</t>
   </si>
   <si>
     <t>SIKA SIKASIL 728 NS</t>
   </si>
   <si>
+    <t>SIKA SIKAFIBER 800 STEALTH TW</t>
+  </si>
+  <si>
+    <t>20251218</t>
+  </si>
+  <si>
+    <t>20281218</t>
+  </si>
+  <si>
+    <t>MINIMUM DOSAGE REQUIRED: 4.0 LBS/CUBIC YARD
+1.5" LENGTH
+2017 §711.04</t>
+  </si>
+  <si>
     <t>SIKA SIKAFIBER 800 STEALTH</t>
   </si>
   <si>
     <t>SIKA AIR (AEA)</t>
   </si>
   <si>
     <t>20271120</t>
   </si>
   <si>
     <t>SIKA AIR-260 (AEA)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 0.10 - 6.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>SIKA CONTROL-75 (S)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 8.0 - 40.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>SIKA PLASTIMENT XR (D)</t>
   </si>
   <si>
+    <t>RECOMMENDED DOSAGE RANGE: 0.1 - 5.0 OZ/100 LBS</t>
+  </si>
+  <si>
     <t>SIKA PLASTOCRETE 161 (A)</t>
   </si>
   <si>
     <t>SIKA PLASTOCRETE 161FL(E)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 6.0 - 64.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>SIKA RAPID-1 (C)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 6.6 - 19.7 OZ/100 LBS</t>
   </si>
   <si>
-    <t>SIKA SIKACONTROL NS(S)</t>
-[...1 lines deleted...]
-  <si>
     <t>SIKA VISCOCRETE-2100 (A)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 1.0 - 12.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>SIKA VISCOCRETE-4100 (A)</t>
   </si>
   <si>
     <t>SIKA VISCOCRETE-6100 (A)</t>
   </si>
   <si>
     <t>SIKA VISCOFLOW-2020 (A)</t>
   </si>
   <si>
     <t>SIKA VISOCRETE-1000 (A)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 2.0 - 18.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>SIKA VISOCRETE-1000 (F)</t>
   </si>
   <si>
     <t>SIKACONTROL AIR-160 (AEA)</t>
@@ -2993,122 +2835,131 @@
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 0.1 - 6.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>SIKAMENT 686 (A)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 3.0 - 18.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>SIKAPLAST-300GP (A)</t>
   </si>
   <si>
     <t>SIKASET NC (C)</t>
   </si>
   <si>
     <t>SIKASET NC-4 (E)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 9.0 - 40.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>SIKATARD 440 (D)</t>
   </si>
   <si>
-    <t>RECOMMENDED DOSAGE RANGE: 2.0 - 48.0 OZ/100 LBS</t>
+    <t>RECOMMENDED DOSAGE RANGE: 0.1 - 48.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>SIKA AEA-14 (AEA)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 1.0 - 3.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>SIKA PLASTIMENT (D)</t>
   </si>
   <si>
+    <t>RECOMMENDED DOSAGE RANGE: 0.1 - 4.0 OZ/100 LBS</t>
+  </si>
+  <si>
     <t>SIKA PLASTOCRETE 161 (D)</t>
   </si>
   <si>
+    <t>RECOMMENDED DOSAGE RANGE: 0.1 - 8.0 OZ/100 LBS</t>
+  </si>
+  <si>
     <t>SIKA VISCOCRETE-2110 (A)</t>
   </si>
   <si>
     <t>SIKA VISCOCRETE-4100 (F)</t>
   </si>
   <si>
     <t>SIKASET NC-4 (C)</t>
   </si>
   <si>
     <t>SIKA CONTROL ASR (S)</t>
   </si>
   <si>
     <t>SIKA VISCOCRETE-2110 (F)</t>
   </si>
   <si>
     <t>SIKA VISCOCRETE-6100 (F)</t>
   </si>
   <si>
     <t>SIKA MULTI AIR 25 (AEA)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 0.5 - 1.5 OZ/ 100 LBS</t>
   </si>
   <si>
     <t>SIKA PLASTOCRETE 161FL(C)</t>
   </si>
   <si>
     <t>SIKA PLASTOCRETE-250 (D)</t>
   </si>
   <si>
+    <t>RECOMMENDED DOSAGE RANGE: 0.1 - 9.0 OZ/100 LBS</t>
+  </si>
+  <si>
+    <t>SIKA STABILIZER 300 SCC (S)</t>
+  </si>
+  <si>
+    <t>RECOMMENDED DOSAGE RANGE: 0.3 - 4.0 OZ/100 LBS</t>
+  </si>
+  <si>
+    <t>SIKA VISCOCRETE-2100 (F)</t>
+  </si>
+  <si>
+    <t>SIKAPLAST-300GP (F)</t>
+  </si>
+  <si>
+    <t>SIKAMENT-475 (A)</t>
+  </si>
+  <si>
+    <t>RECOMMENDED DOSAGE RANGE: 3.0 - 20.0 OZ/100 LBS</t>
+  </si>
+  <si>
+    <t>SIKAMENT-475 (F)</t>
+  </si>
+  <si>
+    <t>SIKA PLASTOCRETE-250 (A)</t>
+  </si>
+  <si>
     <t>RECOMMENDED DOSAGE RANGE: 2.0 - 9.0 OZ/100 LBS</t>
   </si>
   <si>
-    <t>SIKA STABILIZER 300 SCC (S)</t>
-[...22 lines deleted...]
-  <si>
     <t>SIKA STABILIZER-4R (S)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 1.0 - 7.0 OZ/100 LBS</t>
   </si>
   <si>
     <t>SIKA VISCOFLOW-2020 (S)</t>
   </si>
   <si>
     <t>SIKAMENT 686 (F)</t>
   </si>
   <si>
     <t>SIKA VISCOCRETE-5100 (A&amp;F)</t>
   </si>
   <si>
     <t>20270513</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 3 - 12 FL. OZ. / 100 LBS</t>
   </si>
   <si>
     <t>SIKA VISCOCRETE-1100 (A)</t>
   </si>
   <si>
     <t>20270206</t>
@@ -3137,84 +2988,96 @@
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 2.0 - 7.0 % BY MASS OF CONCRETE</t>
   </si>
   <si>
     <t>SIKA LIGHTCRETE POWDER (AEA)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 1 LB / 1 CY</t>
   </si>
   <si>
     <t>SIKA CNI (C)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 10 - 120 OZ / CWT</t>
   </si>
   <si>
     <t>SIKA SIKADUR ANCHORFIX-1</t>
   </si>
   <si>
     <t>SIKA SIKADUR ANCHORFIX-2</t>
   </si>
   <si>
     <t>SIKADUR 32 HI-MOD</t>
   </si>
   <si>
+    <t>MISC - GEOGRIDS (RETAINING WALLS &amp; REINFORCED SOIL SLOPES)</t>
+  </si>
+  <si>
     <t>(RW/RSS)TYPE II - TERRAGRID B100</t>
   </si>
   <si>
     <t>HANES GEO COMPONENTS</t>
   </si>
   <si>
     <t>20260930</t>
   </si>
   <si>
+    <t>2017 §714.15.1, S.P. 907-714-1, AND S.P. 907-809-2
+TYPE II GEOGRID - APPROVED FOR USE IN RETAINING WALLS AND REINFORCED SOIL SLOPES</t>
+  </si>
+  <si>
     <t>(RW/RSS)TYPE II - TERRAGRID 20</t>
   </si>
   <si>
     <t>(RW/RSS)TYPE II - TERRAGRID RX1200</t>
   </si>
   <si>
     <t>(SS)TYPE II - TERRAGRID RX1200</t>
   </si>
   <si>
     <t>(SS)TYPE I - IFI-BX1100</t>
   </si>
   <si>
     <t>INDUSTRIAL FABRICS, INC</t>
   </si>
   <si>
     <t>20270406</t>
   </si>
   <si>
+    <t>S.P. 907-714-1 AND S.P. 907-809-2
+TYPE I GEOGRID - APPROVED FOR USE IN SUBGRADE STABILIZATION</t>
+  </si>
+  <si>
     <t>(SS)TYPE II - IFI-BX1515</t>
   </si>
   <si>
+    <t>S.P. 907-714-1 AND S.P. 907-809-2
+TYPE II GEOGRID - APPROVED FOR USE IN SUBGRADE STABILIZATION</t>
+  </si>
+  <si>
     <t>(SS)TYPE II - IFI-BX1200</t>
-  </si>
-[...1 lines deleted...]
-    <t>(SS)TYPE III - BASELOK BX3030</t>
   </si>
   <si>
     <t>PHOSCRETE FORMULA 1-HC</t>
   </si>
   <si>
     <t>PHOSCRETE CORPORATION</t>
   </si>
   <si>
     <t>PHOSCRETE FORMULA 3-HC</t>
   </si>
   <si>
     <t>20270517</t>
   </si>
   <si>
     <t>READYGROUT</t>
   </si>
   <si>
     <t>MMC MATERIALS, INC</t>
   </si>
   <si>
     <t>FLEXTERRA HP (FGM HP)</t>
   </si>
   <si>
     <t>PROFILE PRODUCTS LLC</t>
   </si>
@@ -3429,111 +3292,96 @@
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 7 - 16 FL OZ. PER 100 LBS</t>
   </si>
   <si>
     <t>CHRYSO QUAD 940 (A)</t>
   </si>
   <si>
     <t>20251008</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE: 2.0 - 8.0 FL OZ / 100 LBS</t>
   </si>
   <si>
     <t>CHRYSO DAREX AEA ED (AEA)</t>
   </si>
   <si>
     <t>20250902</t>
   </si>
   <si>
     <t>20280902</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE 0.5 - 5.0 FL OZ / 100 LBS</t>
   </si>
   <si>
+    <t>EROSION - INLET SILTATION GUARD</t>
+  </si>
+  <si>
+    <t>234.02-001</t>
+  </si>
+  <si>
     <t>SILTSACK NW</t>
   </si>
   <si>
     <t>ACF ENVIRONMENTAL, INC</t>
   </si>
   <si>
     <t>20270417</t>
   </si>
   <si>
     <t>GUTTER GATOR</t>
   </si>
   <si>
     <t>ECONOCURB</t>
   </si>
   <si>
     <t>SEDIBAG</t>
   </si>
   <si>
     <t>(SS)TYPE I - ACF BX11</t>
   </si>
   <si>
     <t>(SS)TYPE II - ACF BX12</t>
   </si>
   <si>
-    <t>KAUFMAN DURACRETE II</t>
+    <t>SUREGROUT</t>
   </si>
   <si>
     <t>KAUFMAN PRODUCTS</t>
   </si>
   <si>
-    <t>KAUFMAN HICAP FT</t>
-[...7 lines deleted...]
-  <si>
     <t>SUREGROUT 5000</t>
   </si>
   <si>
     <t>CORTEC MCI-2005 NS (S)</t>
   </si>
   <si>
     <t>CORTEC CORPORATION</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 24 OZ/YD</t>
-  </si>
-[...10 lines deleted...]
-    <t>CEMEX ISOSPHERE 5004 (AEA)</t>
   </si>
   <si>
     <t>DARCOLE DWR 385 (A)</t>
   </si>
   <si>
     <t>DARCOLE PRODUCTS, INC.</t>
   </si>
   <si>
     <t>20270307</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 3 - 6 OZ / 100 LBS</t>
   </si>
   <si>
     <t>DARCOLE DARNSET DNS 130 (C)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 18 OZ / 100 LBS / 1% ACCELERATOR</t>
   </si>
   <si>
     <t>DARCOLE DSA 110 (AEA)</t>
   </si>
   <si>
     <t>RECOMMENDED DOSAGE RANGE: 0.25 - 4.0 OZ / 100 LBS</t>
   </si>
@@ -3850,65 +3698,68 @@
   <si>
     <t>RECOMMENDED DOSAGE RATE: 3.0 LBS / CY</t>
   </si>
   <si>
     <t>MAPEI PLANIBOND HI-MOD LV</t>
   </si>
   <si>
     <t>20250401</t>
   </si>
   <si>
     <t>20290401</t>
   </si>
   <si>
     <t>2017 §714.11.8</t>
   </si>
   <si>
     <t>TRAFFIC - RAISED PAVEMENT MARKER</t>
   </si>
   <si>
     <t>720.06-001</t>
   </si>
   <si>
     <t>3M 290</t>
   </si>
   <si>
-    <t>20291231</t>
-[...1 lines deleted...]
-  <si>
     <t>3M 290ILC</t>
   </si>
   <si>
     <t>DEFENDER BARRIER 100LDS</t>
   </si>
   <si>
     <t>SAFE BARRIERS, LLC</t>
   </si>
   <si>
     <t>20250101</t>
   </si>
   <si>
+    <t>NTSS1-HM (ULTRATACK)</t>
+  </si>
+  <si>
+    <t>BLACKLIDGE EMULSIONS, INC (BAY MINETTE, AL)</t>
+  </si>
+  <si>
     <t>ASPHALT - COMMERCIAL COLD MIX</t>
   </si>
   <si>
     <t>404.02-001</t>
   </si>
   <si>
     <t>AAP HIGH PERFORMANCE COLD MIX</t>
   </si>
   <si>
     <t>ADVANCED ASPHALT PRODUCTS, LLC</t>
   </si>
   <si>
     <t>20241001</t>
   </si>
   <si>
     <t>HERSAN H-05</t>
   </si>
   <si>
     <t>HERSAN USA, LLC</t>
   </si>
   <si>
     <t>(4) FUTERRA TRM 7020</t>
   </si>
   <si>
     <t>20250530</t>
@@ -3953,50 +3804,53 @@
     <t>DIRECTOR 60 (YELLOW)</t>
   </si>
   <si>
     <t>3M STAMARK SERIES L270ES (WHITE)</t>
   </si>
   <si>
     <t>3M STAMARK 380AW (WHITE)</t>
   </si>
   <si>
     <t>3M STAMARK 380I-ES (WHITE)</t>
   </si>
   <si>
     <t>3M STAMARK 381AW (YELLOW)</t>
   </si>
   <si>
     <t>3M STAMARK 381I-ES (YELLOW)</t>
   </si>
   <si>
     <t>ENNIS C80</t>
   </si>
   <si>
     <t>ENNIS-FLINT, INC - TRAFFIC SAFETY SOLUTIONS, STIMSONITE (NILES, IL)</t>
   </si>
   <si>
     <t>20240102</t>
+  </si>
+  <si>
+    <t>ATM300 (WHITE)</t>
   </si>
   <si>
     <t>ATM400 (WHITE)</t>
   </si>
   <si>
     <t>ATM300 (YELLOW)</t>
   </si>
   <si>
     <t>ATM400 (YELLOW)</t>
   </si>
   <si>
     <t>CHRYSO ADFIL STRUX 3040</t>
   </si>
   <si>
     <t>20250701</t>
   </si>
   <si>
     <t>20280730</t>
   </si>
   <si>
     <t>MINIMUM DOSAGE RATE: 3.0 LBS/CY</t>
   </si>
   <si>
     <t>CHRYSO STRUX 90/40</t>
   </si>
@@ -4736,16528 +4590,15780 @@
         <v>40</v>
       </c>
       <c t="s" r="G15" s="10">
         <v>41</v>
       </c>
       <c r="H15" s="14"/>
     </row>
     <row r="16" ht="22.5" customHeight="1">
       <c t="s" r="A16" s="11">
         <v>23</v>
       </c>
       <c t="s" r="B16" s="12">
         <v>24</v>
       </c>
       <c t="s" r="C16" s="12">
         <v>42</v>
       </c>
       <c t="s" r="D16" s="12">
         <v>43</v>
       </c>
       <c r="E16" s="12"/>
       <c t="s" r="F16" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G16" s="13">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c t="s" r="H16" s="12">
         <v>38</v>
       </c>
     </row>
     <row r="17" ht="22.5" customHeight="1">
       <c t="s" r="A17" s="8">
         <v>23</v>
       </c>
       <c t="s" r="B17" s="9">
         <v>24</v>
       </c>
       <c t="s" r="C17" s="9">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c t="s" r="D17" s="9">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E17" s="9"/>
       <c t="s" r="F17" s="10">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c t="s" r="G17" s="10">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="H17" s="14"/>
     </row>
     <row r="18" ht="21.75" customHeight="1">
       <c t="s" r="A18" s="11">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c t="s" r="B18" s="12">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c t="s" r="C18" s="12">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c t="s" r="D18" s="12">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E18" s="12"/>
       <c t="s" r="F18" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G18" s="13">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="H18" s="15"/>
     </row>
     <row r="19" ht="22.5" customHeight="1">
       <c t="s" r="A19" s="8">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c t="s" r="B19" s="9">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c t="s" r="C19" s="9">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c t="s" r="D19" s="9">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E19" s="9"/>
       <c t="s" r="F19" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G19" s="10">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H19" s="14"/>
     </row>
     <row r="20" ht="21.75" customHeight="1">
       <c t="s" r="A20" s="11">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c t="s" r="B20" s="12">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c t="s" r="C20" s="12">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c t="s" r="D20" s="12">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E20" s="12"/>
       <c t="s" r="F20" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G20" s="13">
-        <v>52</v>
-[...5 lines deleted...]
-    <row r="21" ht="22.5" customHeight="1">
+        <v>53</v>
+      </c>
+      <c r="H20" s="15"/>
+    </row>
+    <row r="21" ht="42" customHeight="1">
       <c t="s" r="A21" s="8">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c t="s" r="B21" s="9">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c t="s" r="C21" s="9">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c t="s" r="D21" s="9">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E21" s="9"/>
       <c t="s" r="F21" s="10">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c t="s" r="G21" s="10">
+        <v>31</v>
+      </c>
+      <c t="s" r="H21" s="9">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="22" ht="22.5" customHeight="1">
+      <c t="s" r="A22" s="11">
+        <v>12</v>
+      </c>
+      <c t="s" r="B22" s="12">
+        <v>13</v>
+      </c>
+      <c t="s" r="C22" s="12">
+        <v>57</v>
+      </c>
+      <c t="s" r="D22" s="12">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E22" s="12"/>
       <c t="s" r="F22" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G22" s="13">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="23" ht="22.5" customHeight="1">
+        <v>58</v>
+      </c>
+      <c r="H22" s="15"/>
+    </row>
+    <row r="23" ht="21.75" customHeight="1">
       <c t="s" r="A23" s="8">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c t="s" r="B23" s="9">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c t="s" r="C23" s="9">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c t="s" r="D23" s="9">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E23" s="9"/>
       <c t="s" r="F23" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G23" s="10">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c t="s" r="H23" s="9">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="24" ht="21.75" customHeight="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="24" ht="22.5" customHeight="1">
       <c t="s" r="A24" s="11">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c t="s" r="B24" s="12">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c t="s" r="C24" s="12">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c t="s" r="D24" s="12">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="E24" s="12"/>
       <c t="s" r="F24" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G24" s="13">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c t="s" r="H24" s="12">
-        <v>38</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25" ht="22.5" customHeight="1">
       <c t="s" r="A25" s="8">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c t="s" r="B25" s="9">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c t="s" r="C25" s="9">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c t="s" r="D25" s="9">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="E25" s="9"/>
       <c t="s" r="F25" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G25" s="10">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c t="s" r="H25" s="9">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="26" ht="22.5" customHeight="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="26" ht="21.75" customHeight="1">
       <c t="s" r="A26" s="11">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c t="s" r="B26" s="12">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c t="s" r="C26" s="12">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c t="s" r="D26" s="12">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="E26" s="12"/>
       <c t="s" r="F26" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G26" s="13">
         <v>63</v>
       </c>
-      <c r="H26" s="15"/>
-[...1 lines deleted...]
-    <row r="27" ht="21.75" customHeight="1">
+      <c t="s" r="H26" s="12">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="27" ht="22.5" customHeight="1">
       <c t="s" r="A27" s="8">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c t="s" r="B27" s="9">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c t="s" r="C27" s="9">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c t="s" r="D27" s="9">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="E27" s="9"/>
       <c t="s" r="F27" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G27" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="28" ht="22.5" customHeight="1">
+        <v>63</v>
+      </c>
+      <c t="s" r="H27" s="9">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="28" ht="101.25" customHeight="1">
       <c t="s" r="A28" s="11">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c t="s" r="B28" s="12">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c t="s" r="C28" s="12">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c t="s" r="D28" s="12">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="E28" s="12"/>
       <c t="s" r="F28" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G28" s="13">
-        <v>66</v>
-[...3 lines deleted...]
-    <row r="29" ht="42" customHeight="1">
+        <v>63</v>
+      </c>
+      <c t="s" r="H28" s="12">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="29" ht="22.5" customHeight="1">
       <c t="s" r="A29" s="8">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c t="s" r="B29" s="9">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c t="s" r="C29" s="9">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c t="s" r="D29" s="9">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="E29" s="9"/>
       <c t="s" r="F29" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G29" s="10">
         <v>31</v>
       </c>
-      <c t="s" r="H29" s="9">
-[...3 lines deleted...]
-    <row r="30" ht="21.75" customHeight="1">
+      <c r="H29" s="14"/>
+    </row>
+    <row r="30" ht="22.5" customHeight="1">
       <c t="s" r="A30" s="11">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c t="s" r="B30" s="12">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c t="s" r="C30" s="12">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c t="s" r="D30" s="12">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="E30" s="12"/>
       <c t="s" r="F30" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G30" s="13">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="H30" s="15"/>
     </row>
-    <row r="31" ht="42" customHeight="1">
+    <row r="31" ht="21.75" customHeight="1">
       <c t="s" r="A31" s="8">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c t="s" r="B31" s="9">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c t="s" r="C31" s="9">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c t="s" r="D31" s="9">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="E31" s="9"/>
       <c t="s" r="F31" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G31" s="10">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="H31" s="14"/>
     </row>
     <row r="32" ht="22.5" customHeight="1">
       <c t="s" r="A32" s="11">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c t="s" r="B32" s="12">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c t="s" r="C32" s="12">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c t="s" r="D32" s="12">
         <v>80</v>
       </c>
       <c r="E32" s="12"/>
       <c t="s" r="F32" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G32" s="13">
-        <v>81</v>
-[...5 lines deleted...]
-    <row r="33" ht="22.5" customHeight="1">
+        <v>31</v>
+      </c>
+      <c r="H32" s="15"/>
+    </row>
+    <row r="33" ht="21.75" customHeight="1">
       <c t="s" r="A33" s="8">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c t="s" r="B33" s="9">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c t="s" r="C33" s="9">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c t="s" r="D33" s="9">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="E33" s="9"/>
       <c t="s" r="F33" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G33" s="10">
-        <v>81</v>
-[...5 lines deleted...]
-    <row r="34" ht="21.75" customHeight="1">
+        <v>31</v>
+      </c>
+      <c r="H33" s="14"/>
+    </row>
+    <row r="34" ht="22.5" customHeight="1">
       <c t="s" r="A34" s="11">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c t="s" r="B34" s="12">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c t="s" r="C34" s="12">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c t="s" r="D34" s="12">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="E34" s="12"/>
       <c t="s" r="F34" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G34" s="13">
-        <v>81</v>
-[...1 lines deleted...]
-      <c t="s" r="H34" s="12">
+        <v>31</v>
+      </c>
+      <c r="H34" s="15"/>
+    </row>
+    <row r="35" ht="21.75" customHeight="1">
+      <c t="s" r="A35" s="8">
+        <v>12</v>
+      </c>
+      <c t="s" r="B35" s="9">
+        <v>13</v>
+      </c>
+      <c t="s" r="C35" s="9">
         <v>87</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c t="s" r="D35" s="9">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="E35" s="9"/>
       <c t="s" r="F35" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G35" s="10">
-        <v>81</v>
-[...5 lines deleted...]
-    <row r="36" ht="21.75" customHeight="1">
+        <v>83</v>
+      </c>
+      <c r="H35" s="14"/>
+    </row>
+    <row r="36" ht="22.5" customHeight="1">
       <c t="s" r="A36" s="11">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c t="s" r="B36" s="12">
-        <v>78</v>
+        <v>13</v>
       </c>
       <c t="s" r="C36" s="12">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c t="s" r="D36" s="12">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="E36" s="12"/>
       <c t="s" r="F36" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G36" s="13">
-        <v>81</v>
-[...5 lines deleted...]
-    <row r="37" ht="102" customHeight="1">
+        <v>83</v>
+      </c>
+      <c r="H36" s="15"/>
+    </row>
+    <row r="37" ht="21.75" customHeight="1">
       <c t="s" r="A37" s="8">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c t="s" r="B37" s="9">
-        <v>78</v>
+        <v>90</v>
       </c>
       <c t="s" r="C37" s="9">
+        <v>91</v>
+      </c>
+      <c t="s" r="D37" s="9">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E37" s="9"/>
       <c t="s" r="F37" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G37" s="10">
-        <v>81</v>
-[...1 lines deleted...]
-      <c t="s" r="H37" s="9">
+        <v>93</v>
+      </c>
+      <c r="H37" s="14"/>
+    </row>
+    <row r="38" ht="32.25" customHeight="1">
+      <c t="s" r="A38" s="11">
         <v>94</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c t="s" r="A38" s="11">
+      <c t="s" r="B38" s="12">
         <v>95</v>
       </c>
-      <c t="s" r="B38" s="12">
+      <c t="s" r="C38" s="12">
         <v>96</v>
       </c>
-      <c t="s" r="C38" s="12">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="D38" s="12">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="E38" s="12"/>
       <c t="s" r="F38" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G38" s="13">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="H38" s="15"/>
     </row>
-    <row r="39" ht="21.75" customHeight="1">
+    <row r="39" ht="22.5" customHeight="1">
       <c t="s" r="A39" s="8">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c t="s" r="B39" s="9">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c t="s" r="C39" s="9">
         <v>99</v>
       </c>
       <c t="s" r="D39" s="9">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E39" s="9"/>
       <c t="s" r="F39" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G39" s="10">
         <v>31</v>
       </c>
-      <c r="H39" s="14"/>
-[...1 lines deleted...]
-    <row r="40" ht="22.5" customHeight="1">
+      <c t="s" r="H39" s="9">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="40" ht="21.75" customHeight="1">
       <c t="s" r="A40" s="11">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c t="s" r="B40" s="12">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c t="s" r="C40" s="12">
+        <v>102</v>
+      </c>
+      <c t="s" r="D40" s="12">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E40" s="12"/>
       <c t="s" r="F40" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G40" s="13">
-        <v>101</v>
-[...3 lines deleted...]
-    <row r="41" ht="21.75" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H40" s="12">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="41" ht="22.5" customHeight="1">
       <c t="s" r="A41" s="8">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c t="s" r="B41" s="9">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c t="s" r="C41" s="9">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c t="s" r="D41" s="9">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E41" s="9"/>
       <c t="s" r="F41" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G41" s="10">
         <v>31</v>
       </c>
-      <c r="H41" s="14"/>
-[...1 lines deleted...]
-    <row r="42" ht="22.5" customHeight="1">
+      <c t="s" r="H41" s="9">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="42" ht="21.75" customHeight="1">
       <c t="s" r="A42" s="11">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c t="s" r="B42" s="12">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c t="s" r="C42" s="12">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c t="s" r="D42" s="12">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E42" s="12"/>
       <c t="s" r="F42" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G42" s="13">
         <v>31</v>
       </c>
-      <c r="H42" s="15"/>
-[...1 lines deleted...]
-    <row r="43" ht="21.75" customHeight="1">
+      <c t="s" r="H42" s="12">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="43" ht="22.5" customHeight="1">
       <c t="s" r="A43" s="8">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c t="s" r="B43" s="9">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c t="s" r="C43" s="9">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c t="s" r="D43" s="9">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E43" s="9"/>
       <c t="s" r="F43" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G43" s="10">
         <v>31</v>
       </c>
-      <c r="H43" s="14"/>
+      <c t="s" r="H43" s="9">
+        <v>103</v>
+      </c>
     </row>
     <row r="44" ht="22.5" customHeight="1">
       <c t="s" r="A44" s="11">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c t="s" r="B44" s="12">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c t="s" r="C44" s="12">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c t="s" r="D44" s="12">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E44" s="12"/>
       <c t="s" r="F44" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G44" s="13">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="H44" s="15"/>
+        <v>31</v>
+      </c>
+      <c t="s" r="H44" s="12">
+        <v>109</v>
+      </c>
     </row>
     <row r="45" ht="21.75" customHeight="1">
       <c t="s" r="A45" s="8">
-        <v>12</v>
+        <v>110</v>
       </c>
       <c t="s" r="B45" s="9">
-        <v>13</v>
+        <v>111</v>
       </c>
       <c t="s" r="C45" s="9">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c t="s" r="D45" s="9">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E45" s="9"/>
       <c t="s" r="F45" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G45" s="10">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="H45" s="14"/>
+        <v>31</v>
+      </c>
+      <c t="s" r="H45" s="9">
+        <v>113</v>
+      </c>
     </row>
     <row r="46" ht="22.5" customHeight="1">
       <c t="s" r="A46" s="11">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c t="s" r="B46" s="12">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c t="s" r="C46" s="12">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c t="s" r="D46" s="12">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="E46" s="12"/>
       <c t="s" r="F46" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G46" s="13">
+        <v>31</v>
+      </c>
+      <c t="s" r="H46" s="12">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="47" ht="21.75" customHeight="1">
+      <c t="s" r="A47" s="8">
+        <v>110</v>
+      </c>
+      <c t="s" r="B47" s="9">
         <v>111</v>
       </c>
-      <c r="H46" s="15"/>
-[...7 lines deleted...]
-      </c>
       <c t="s" r="C47" s="9">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c t="s" r="D47" s="9">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="E47" s="9"/>
       <c t="s" r="F47" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G47" s="10">
+        <v>31</v>
+      </c>
+      <c t="s" r="H47" s="9">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="48" ht="22.5" customHeight="1">
+      <c t="s" r="A48" s="11">
+        <v>110</v>
+      </c>
+      <c t="s" r="B48" s="12">
         <v>111</v>
       </c>
-      <c r="H47" s="14"/>
-[...5 lines deleted...]
-      <c t="s" r="B48" s="12">
+      <c t="s" r="C48" s="12">
         <v>116</v>
       </c>
-      <c t="s" r="C48" s="12">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="D48" s="12">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E48" s="12"/>
       <c t="s" r="F48" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G48" s="13">
         <v>31</v>
       </c>
       <c t="s" r="H48" s="12">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="49" ht="22.5" customHeight="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="49" ht="21.75" customHeight="1">
       <c t="s" r="A49" s="8">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c t="s" r="B49" s="9">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c t="s" r="C49" s="9">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c t="s" r="D49" s="9">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E49" s="9"/>
       <c t="s" r="F49" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G49" s="10">
         <v>31</v>
       </c>
       <c t="s" r="H49" s="9">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="50" ht="21.75" customHeight="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="50" ht="22.5" customHeight="1">
       <c t="s" r="A50" s="11">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c t="s" r="B50" s="12">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c t="s" r="C50" s="12">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c t="s" r="D50" s="12">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E50" s="12"/>
       <c t="s" r="F50" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G50" s="13">
         <v>31</v>
       </c>
       <c t="s" r="H50" s="12">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="51" ht="21.75" customHeight="1">
+      <c t="s" r="A51" s="8">
+        <v>119</v>
+      </c>
+      <c t="s" r="B51" s="9">
+        <v>120</v>
+      </c>
+      <c t="s" r="C51" s="9">
         <v>121</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c t="s" r="D51" s="9">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E51" s="9"/>
       <c t="s" r="F51" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G51" s="10">
         <v>31</v>
       </c>
       <c t="s" r="H51" s="9">
-        <v>124</v>
+        <v>122</v>
       </c>
     </row>
     <row r="52" ht="22.5" customHeight="1">
       <c t="s" r="A52" s="11">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c t="s" r="B52" s="12">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c t="s" r="C52" s="12">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c t="s" r="D52" s="12">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E52" s="12"/>
       <c t="s" r="F52" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G52" s="13">
         <v>31</v>
       </c>
       <c t="s" r="H52" s="12">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="53" ht="21.75" customHeight="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="53" ht="22.5" customHeight="1">
       <c t="s" r="A53" s="8">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c t="s" r="B53" s="9">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c t="s" r="C53" s="9">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c t="s" r="D53" s="9">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E53" s="9"/>
       <c t="s" r="F53" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G53" s="10">
         <v>31</v>
       </c>
-      <c t="s" r="H53" s="9">
-[...3 lines deleted...]
-    <row r="54" ht="22.5" customHeight="1">
+      <c r="H53" s="14"/>
+    </row>
+    <row r="54" ht="21.75" customHeight="1">
       <c t="s" r="A54" s="11">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c t="s" r="B54" s="12">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c t="s" r="C54" s="12">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c t="s" r="D54" s="12">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E54" s="12"/>
       <c t="s" r="F54" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G54" s="13">
         <v>31</v>
       </c>
       <c t="s" r="H54" s="12">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="55" ht="21.75" customHeight="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="55" ht="22.5" customHeight="1">
       <c t="s" r="A55" s="8">
+        <v>119</v>
+      </c>
+      <c t="s" r="B55" s="9">
+        <v>125</v>
+      </c>
+      <c t="s" r="C55" s="9">
         <v>128</v>
       </c>
-      <c t="s" r="B55" s="9">
-[...4 lines deleted...]
-      </c>
       <c t="s" r="D55" s="9">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E55" s="9"/>
       <c t="s" r="F55" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G55" s="10">
         <v>31</v>
       </c>
       <c t="s" r="H55" s="9">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="56" ht="22.5" customHeight="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="56" ht="21.75" customHeight="1">
       <c t="s" r="A56" s="11">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c t="s" r="B56" s="12">
+        <v>125</v>
+      </c>
+      <c t="s" r="C56" s="12">
         <v>129</v>
       </c>
-      <c t="s" r="C56" s="12">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="D56" s="12">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E56" s="12"/>
       <c t="s" r="F56" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G56" s="13">
         <v>31</v>
       </c>
       <c t="s" r="H56" s="12">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="57" ht="22.5" customHeight="1">
+      <c t="s" r="A57" s="8">
+        <v>119</v>
+      </c>
+      <c t="s" r="B57" s="9">
+        <v>130</v>
+      </c>
+      <c t="s" r="C57" s="9">
         <v>131</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c t="s" r="D57" s="9">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E57" s="9"/>
       <c t="s" r="F57" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G57" s="10">
         <v>31</v>
       </c>
       <c t="s" r="H57" s="9">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="58" ht="22.5" customHeight="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="58" ht="21.75" customHeight="1">
       <c t="s" r="A58" s="11">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c t="s" r="B58" s="12">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c t="s" r="C58" s="12">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c t="s" r="D58" s="12">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E58" s="12"/>
       <c t="s" r="F58" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G58" s="13">
         <v>31</v>
       </c>
       <c t="s" r="H58" s="12">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="59" ht="21.75" customHeight="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="59" ht="22.5" customHeight="1">
       <c t="s" r="A59" s="8">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c t="s" r="B59" s="9">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c t="s" r="C59" s="9">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c t="s" r="D59" s="9">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E59" s="9"/>
       <c t="s" r="F59" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G59" s="10">
         <v>31</v>
       </c>
       <c t="s" r="H59" s="9">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="60" ht="22.5" customHeight="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="60" ht="21.75" customHeight="1">
       <c t="s" r="A60" s="11">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c t="s" r="B60" s="12">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c t="s" r="C60" s="12">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c t="s" r="D60" s="12">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E60" s="12"/>
       <c t="s" r="F60" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G60" s="13">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c t="s" r="H60" s="12">
-        <v>140</v>
+        <v>138</v>
       </c>
     </row>
     <row r="61" ht="22.5" customHeight="1">
       <c t="s" r="A61" s="8">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c t="s" r="B61" s="9">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c t="s" r="C61" s="9">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c t="s" r="D61" s="9">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E61" s="9"/>
       <c t="s" r="F61" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G61" s="10">
         <v>31</v>
       </c>
       <c t="s" r="H61" s="9">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="62" ht="22.5" customHeight="1">
+      <c t="s" r="A62" s="11">
+        <v>119</v>
+      </c>
+      <c t="s" r="B62" s="12">
+        <v>135</v>
+      </c>
+      <c t="s" r="C62" s="12">
         <v>140</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c t="s" r="D62" s="12">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E62" s="12"/>
       <c t="s" r="F62" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G62" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="63" ht="22.5" customHeight="1">
+        <v>137</v>
+      </c>
+      <c t="s" r="H62" s="12">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="63" ht="21.75" customHeight="1">
       <c t="s" r="A63" s="8">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c t="s" r="B63" s="9">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c t="s" r="C63" s="9">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c t="s" r="D63" s="9">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E63" s="9"/>
       <c t="s" r="F63" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G63" s="10">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c t="s" r="H63" s="9">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="64" ht="21.75" customHeight="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="64" ht="22.5" customHeight="1">
       <c t="s" r="A64" s="11">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c t="s" r="B64" s="12">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c t="s" r="C64" s="12">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c t="s" r="D64" s="12">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E64" s="12"/>
       <c t="s" r="F64" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G64" s="13">
         <v>31</v>
       </c>
       <c t="s" r="H64" s="12">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="65" ht="22.5" customHeight="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="65" ht="21.75" customHeight="1">
       <c t="s" r="A65" s="8">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c t="s" r="B65" s="9">
+        <v>135</v>
+      </c>
+      <c t="s" r="C65" s="9">
         <v>143</v>
       </c>
-      <c t="s" r="C65" s="9">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="D65" s="9">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E65" s="9"/>
       <c t="s" r="F65" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G65" s="10">
-        <v>31</v>
+        <v>137</v>
       </c>
       <c t="s" r="H65" s="9">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="66" ht="22.5" customHeight="1">
+      <c t="s" r="A66" s="11">
+        <v>144</v>
+      </c>
+      <c t="s" r="B66" s="12">
         <v>145</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c t="s" r="C66" s="12">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c t="s" r="D66" s="12">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E66" s="12"/>
       <c t="s" r="F66" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G66" s="13">
         <v>31</v>
       </c>
       <c t="s" r="H66" s="12">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="67" ht="22.5" customHeight="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="67" ht="18" customHeight="1">
       <c t="s" r="A67" s="8">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c t="s" r="B67" s="9">
+        <v>145</v>
+      </c>
+      <c t="s" r="C67" s="9">
         <v>148</v>
       </c>
-      <c t="s" r="C67" s="9">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="D67" s="9">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="E67" s="9"/>
       <c t="s" r="F67" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G67" s="10">
         <v>31</v>
       </c>
       <c t="s" r="H67" s="9">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="68" ht="32.25" customHeight="1">
+      <c t="s" r="A68" s="11">
+        <v>89</v>
+      </c>
+      <c t="s" r="B68" s="12">
+        <v>90</v>
+      </c>
+      <c t="s" r="C68" s="12">
+        <v>149</v>
+      </c>
+      <c t="s" r="D68" s="12">
         <v>150</v>
-      </c>
-[...12 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E68" s="12"/>
       <c t="s" r="F68" s="13">
-        <v>16</v>
+        <v>151</v>
       </c>
       <c t="s" r="G68" s="13">
-        <v>31</v>
+        <v>152</v>
       </c>
       <c t="s" r="H68" s="12">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="69" ht="22.5" customHeight="1">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="69" ht="42" customHeight="1">
       <c t="s" r="A69" s="8">
-        <v>137</v>
+        <v>154</v>
       </c>
       <c t="s" r="B69" s="9">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c t="s" r="C69" s="9">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c t="s" r="D69" s="9">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="E69" s="9"/>
       <c t="s" r="F69" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G69" s="10">
-        <v>27</v>
-[...1 lines deleted...]
-      <c t="s" r="H69" s="9">
+        <v>152</v>
+      </c>
+      <c r="H69" s="14"/>
+    </row>
+    <row r="70" ht="42" customHeight="1">
+      <c t="s" r="A70" s="11">
+        <v>154</v>
+      </c>
+      <c t="s" r="B70" s="12">
         <v>155</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c t="s" r="C70" s="12">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c t="s" r="D70" s="12">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="E70" s="12"/>
       <c t="s" r="F70" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G70" s="13">
-        <v>31</v>
-[...1 lines deleted...]
-      <c t="s" r="H70" s="12">
+        <v>152</v>
+      </c>
+      <c r="H70" s="15"/>
+    </row>
+    <row r="71" ht="42" customHeight="1">
+      <c t="s" r="A71" s="8">
+        <v>154</v>
+      </c>
+      <c t="s" r="B71" s="9">
         <v>155</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c t="s" r="C71" s="9">
+        <v>159</v>
+      </c>
+      <c t="s" r="D71" s="9">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E71" s="9"/>
       <c t="s" r="F71" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G71" s="10">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="72" ht="22.5" customHeight="1">
+        <v>152</v>
+      </c>
+      <c r="H71" s="14"/>
+    </row>
+    <row r="72" ht="32.25" customHeight="1">
       <c t="s" r="A72" s="11">
-        <v>137</v>
+        <v>160</v>
       </c>
       <c t="s" r="B72" s="12">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c t="s" r="C72" s="12">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c t="s" r="D72" s="12">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="E72" s="12"/>
       <c t="s" r="F72" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G72" s="13">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="73" ht="21.75" customHeight="1">
+        <v>163</v>
+      </c>
+      <c r="H72" s="15"/>
+    </row>
+    <row r="73" ht="32.25" customHeight="1">
       <c t="s" r="A73" s="8">
-        <v>137</v>
+        <v>160</v>
       </c>
       <c t="s" r="B73" s="9">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c t="s" r="C73" s="9">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c t="s" r="D73" s="9">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="E73" s="9"/>
       <c t="s" r="F73" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G73" s="10">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="74" ht="22.5" customHeight="1">
+        <v>163</v>
+      </c>
+      <c r="H73" s="14"/>
+    </row>
+    <row r="74" ht="61.5" customHeight="1">
       <c t="s" r="A74" s="11">
-        <v>137</v>
+        <v>160</v>
       </c>
       <c t="s" r="B74" s="12">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c t="s" r="C74" s="12">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c t="s" r="D74" s="12">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="E74" s="12"/>
       <c t="s" r="F74" s="13">
-        <v>16</v>
+        <v>166</v>
       </c>
       <c t="s" r="G74" s="13">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c t="s" r="H74" s="12">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="75" ht="21.75" customHeight="1">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="75" ht="42" customHeight="1">
       <c t="s" r="A75" s="8">
+        <v>160</v>
+      </c>
+      <c t="s" r="B75" s="9">
         <v>161</v>
       </c>
-      <c t="s" r="B75" s="9">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="C75" s="9">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c t="s" r="D75" s="9">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="E75" s="9"/>
       <c t="s" r="F75" s="10">
-        <v>16</v>
+        <v>166</v>
       </c>
       <c t="s" r="G75" s="10">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c t="s" r="H75" s="9">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="76" ht="18" customHeight="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="76" ht="32.25" customHeight="1">
       <c t="s" r="A76" s="11">
+        <v>160</v>
+      </c>
+      <c t="s" r="B76" s="12">
         <v>161</v>
       </c>
-      <c t="s" r="B76" s="12">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="C76" s="12">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c t="s" r="D76" s="12">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="E76" s="12"/>
       <c t="s" r="F76" s="13">
-        <v>16</v>
+        <v>166</v>
       </c>
       <c t="s" r="G76" s="13">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c t="s" r="H76" s="12">
-        <v>164</v>
+        <v>171</v>
       </c>
     </row>
     <row r="77" ht="32.25" customHeight="1">
       <c t="s" r="A77" s="8">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c t="s" r="B77" s="9">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c t="s" r="C77" s="9">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c t="s" r="D77" s="9">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="E77" s="9"/>
       <c t="s" r="F77" s="10">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c t="s" r="G77" s="10">
-        <v>27</v>
+        <v>174</v>
       </c>
       <c t="s" r="H77" s="9">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="78" ht="52.5" customHeight="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="78" ht="32.25" customHeight="1">
       <c t="s" r="A78" s="11">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c t="s" r="B78" s="12">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c t="s" r="C78" s="12">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c t="s" r="D78" s="12">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="E78" s="12"/>
       <c t="s" r="F78" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G78" s="13">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="79" ht="31.5" customHeight="1">
+        <v>180</v>
+      </c>
+      <c r="H78" s="15"/>
+    </row>
+    <row r="79" ht="32.25" customHeight="1">
       <c t="s" r="A79" s="8">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c t="s" r="B79" s="9">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c t="s" r="C79" s="9">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c t="s" r="D79" s="9">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="E79" s="9"/>
       <c t="s" r="F79" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G79" s="10">
-        <v>27</v>
-[...1 lines deleted...]
-      <c t="s" r="H79" s="9">
+        <v>31</v>
+      </c>
+      <c r="H79" s="14"/>
+    </row>
+    <row r="80" ht="32.25" customHeight="1">
+      <c t="s" r="A80" s="11">
         <v>176</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c t="s" r="B80" s="12">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c t="s" r="C80" s="12">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c t="s" r="D80" s="12">
-        <v>169</v>
+        <v>179</v>
       </c>
       <c r="E80" s="12"/>
       <c t="s" r="F80" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G80" s="13">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="81" ht="32.25" customHeight="1">
+        <v>31</v>
+      </c>
+      <c r="H80" s="15"/>
+    </row>
+    <row r="81" ht="31.5" customHeight="1">
       <c t="s" r="A81" s="8">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c t="s" r="B81" s="9">
+        <v>177</v>
+      </c>
+      <c t="s" r="C81" s="9">
+        <v>183</v>
+      </c>
+      <c t="s" r="D81" s="9">
         <v>179</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="E81" s="9"/>
       <c t="s" r="F81" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G81" s="10">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="82" ht="51.75" customHeight="1">
+        <v>31</v>
+      </c>
+      <c r="H81" s="14"/>
+    </row>
+    <row r="82" ht="42" customHeight="1">
       <c t="s" r="A82" s="11">
-        <v>171</v>
+        <v>154</v>
       </c>
       <c t="s" r="B82" s="12">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c t="s" r="C82" s="12">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c t="s" r="D82" s="12">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="E82" s="12"/>
       <c t="s" r="F82" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G82" s="13">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="83" ht="32.25" customHeight="1">
+        <v>152</v>
+      </c>
+      <c r="H82" s="15"/>
+    </row>
+    <row r="83" ht="42.75" customHeight="1">
       <c t="s" r="A83" s="8">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c t="s" r="B83" s="9">
-        <v>179</v>
+        <v>155</v>
       </c>
       <c t="s" r="C83" s="9">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c t="s" r="D83" s="9">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="E83" s="9"/>
       <c t="s" r="F83" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G83" s="10">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="84" ht="32.25" customHeight="1">
+        <v>152</v>
+      </c>
+      <c r="H83" s="14"/>
+    </row>
+    <row r="84" ht="21.75" customHeight="1">
       <c t="s" r="A84" s="11">
-        <v>166</v>
+        <v>187</v>
       </c>
       <c t="s" r="B84" s="12">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c t="s" r="C84" s="12">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c t="s" r="D84" s="12">
-        <v>169</v>
+        <v>190</v>
       </c>
       <c r="E84" s="12"/>
       <c t="s" r="F84" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G84" s="13">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c t="s" r="H84" s="12">
-        <v>187</v>
-[...2 lines deleted...]
-    <row r="85" ht="51.75" customHeight="1">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="85" ht="32.25" customHeight="1">
       <c t="s" r="A85" s="8">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c t="s" r="B85" s="9">
-        <v>185</v>
+        <v>161</v>
       </c>
       <c t="s" r="C85" s="9">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c t="s" r="D85" s="9">
-        <v>169</v>
+        <v>193</v>
       </c>
       <c r="E85" s="9"/>
       <c t="s" r="F85" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G85" s="10">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="86" ht="51.75" customHeight="1">
+        <v>194</v>
+      </c>
+      <c r="H85" s="14"/>
+    </row>
+    <row r="86" ht="32.25" customHeight="1">
       <c t="s" r="A86" s="11">
-        <v>171</v>
+        <v>160</v>
       </c>
       <c t="s" r="B86" s="12">
-        <v>185</v>
+        <v>161</v>
       </c>
       <c t="s" r="C86" s="12">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c t="s" r="D86" s="12">
-        <v>169</v>
+        <v>193</v>
       </c>
       <c r="E86" s="12"/>
       <c t="s" r="F86" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G86" s="13">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="H86" s="15"/>
     </row>
     <row r="87" ht="32.25" customHeight="1">
       <c t="s" r="A87" s="8">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c t="s" r="B87" s="9">
-        <v>185</v>
+        <v>161</v>
       </c>
       <c t="s" r="C87" s="9">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c t="s" r="D87" s="9">
-        <v>169</v>
+        <v>193</v>
       </c>
       <c r="E87" s="9"/>
       <c t="s" r="F87" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G87" s="10">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="88" ht="32.25" customHeight="1">
+        <v>194</v>
+      </c>
+      <c r="H87" s="14"/>
+    </row>
+    <row r="88" ht="31.5" customHeight="1">
       <c t="s" r="A88" s="11">
-        <v>107</v>
+        <v>160</v>
       </c>
       <c t="s" r="B88" s="12">
-        <v>108</v>
+        <v>161</v>
       </c>
       <c t="s" r="C88" s="12">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c t="s" r="D88" s="12">
         <v>193</v>
       </c>
       <c r="E88" s="12"/>
       <c t="s" r="F88" s="13">
+        <v>16</v>
+      </c>
+      <c t="s" r="G88" s="13">
         <v>194</v>
       </c>
-      <c t="s" r="G88" s="13">
-[...6 lines deleted...]
-    <row r="89" ht="42" customHeight="1">
+      <c r="H88" s="15"/>
+    </row>
+    <row r="89" ht="32.25" customHeight="1">
       <c t="s" r="A89" s="8">
-        <v>197</v>
+        <v>160</v>
       </c>
       <c t="s" r="B89" s="9">
+        <v>161</v>
+      </c>
+      <c t="s" r="C89" s="9">
         <v>198</v>
       </c>
-      <c t="s" r="C89" s="9">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="D89" s="9">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="E89" s="9"/>
       <c t="s" r="F89" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G89" s="10">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H89" s="14"/>
     </row>
-    <row r="90" ht="42" customHeight="1">
+    <row r="90" ht="32.25" customHeight="1">
       <c t="s" r="A90" s="11">
-        <v>197</v>
+        <v>160</v>
       </c>
       <c t="s" r="B90" s="12">
-        <v>198</v>
+        <v>161</v>
       </c>
       <c t="s" r="C90" s="12">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c t="s" r="D90" s="12">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="E90" s="12"/>
       <c t="s" r="F90" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G90" s="13">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H90" s="15"/>
     </row>
-    <row r="91" ht="42" customHeight="1">
+    <row r="91" ht="32.25" customHeight="1">
       <c t="s" r="A91" s="8">
-        <v>197</v>
+        <v>160</v>
       </c>
       <c t="s" r="B91" s="9">
-        <v>198</v>
+        <v>161</v>
       </c>
       <c t="s" r="C91" s="9">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c t="s" r="D91" s="9">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="E91" s="9"/>
       <c t="s" r="F91" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G91" s="10">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="H91" s="14"/>
     </row>
     <row r="92" ht="32.25" customHeight="1">
       <c t="s" r="A92" s="11">
-        <v>203</v>
+        <v>160</v>
       </c>
       <c t="s" r="B92" s="12">
-        <v>204</v>
+        <v>161</v>
       </c>
       <c t="s" r="C92" s="12">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c t="s" r="D92" s="12">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="E92" s="12"/>
       <c t="s" r="F92" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G92" s="13">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="H92" s="15"/>
     </row>
     <row r="93" ht="32.25" customHeight="1">
       <c t="s" r="A93" s="8">
-        <v>203</v>
+        <v>160</v>
       </c>
       <c t="s" r="B93" s="9">
-        <v>204</v>
+        <v>161</v>
       </c>
       <c t="s" r="C93" s="9">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c t="s" r="D93" s="9">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="E93" s="9"/>
       <c t="s" r="F93" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G93" s="10">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="H93" s="14"/>
     </row>
-    <row r="94" ht="62.25" customHeight="1">
+    <row r="94" ht="31.5" customHeight="1">
       <c t="s" r="A94" s="11">
+        <v>160</v>
+      </c>
+      <c t="s" r="B94" s="12">
+        <v>161</v>
+      </c>
+      <c t="s" r="C94" s="12">
         <v>203</v>
       </c>
-      <c t="s" r="B94" s="12">
-[...4 lines deleted...]
-      </c>
       <c t="s" r="D94" s="12">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="E94" s="12"/>
       <c t="s" r="F94" s="13">
-        <v>209</v>
+        <v>40</v>
       </c>
       <c t="s" r="G94" s="13">
-        <v>21</v>
-[...5 lines deleted...]
-    <row r="95" ht="42" customHeight="1">
+        <v>194</v>
+      </c>
+      <c r="H94" s="15"/>
+    </row>
+    <row r="95" ht="72" customHeight="1">
       <c t="s" r="A95" s="8">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c t="s" r="B95" s="9">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c t="s" r="C95" s="9">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c t="s" r="D95" s="9">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="E95" s="9"/>
       <c t="s" r="F95" s="10">
+        <v>16</v>
+      </c>
+      <c t="s" r="G95" s="10">
+        <v>163</v>
+      </c>
+      <c t="s" r="H95" s="9">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="96" ht="92.25" customHeight="1">
+      <c t="s" r="A96" s="11">
         <v>209</v>
       </c>
-      <c t="s" r="G95" s="10">
-[...9 lines deleted...]
-      </c>
       <c t="s" r="B96" s="12">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c t="s" r="C96" s="12">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c t="s" r="D96" s="12">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="E96" s="12"/>
       <c t="s" r="F96" s="13">
-        <v>209</v>
+        <v>16</v>
       </c>
       <c t="s" r="G96" s="13">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c t="s" r="H96" s="12">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="97" ht="32.25" customHeight="1">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="97" ht="81.75" customHeight="1">
       <c t="s" r="A97" s="8">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c t="s" r="B97" s="9">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c t="s" r="C97" s="9">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c t="s" r="D97" s="9">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="E97" s="9"/>
       <c t="s" r="F97" s="10">
-        <v>216</v>
+        <v>16</v>
       </c>
       <c t="s" r="G97" s="10">
-        <v>217</v>
+        <v>163</v>
       </c>
       <c t="s" r="H97" s="9">
-        <v>218</v>
-[...2 lines deleted...]
-    <row r="98" ht="31.5" customHeight="1">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="98" ht="81.75" customHeight="1">
       <c t="s" r="A98" s="11">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c t="s" r="B98" s="12">
-        <v>220</v>
+        <v>205</v>
       </c>
       <c t="s" r="C98" s="12">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c t="s" r="D98" s="12">
-        <v>222</v>
+        <v>207</v>
       </c>
       <c r="E98" s="12"/>
       <c t="s" r="F98" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G98" s="13">
-        <v>223</v>
-[...3 lines deleted...]
-    <row r="99" ht="32.25" customHeight="1">
+        <v>163</v>
+      </c>
+      <c t="s" r="H98" s="12">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="99" ht="82.5" customHeight="1">
       <c t="s" r="A99" s="8">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c t="s" r="B99" s="9">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c t="s" r="C99" s="9">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c t="s" r="D99" s="9">
-        <v>222</v>
+        <v>207</v>
       </c>
       <c r="E99" s="9"/>
       <c t="s" r="F99" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G99" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="100" ht="32.25" customHeight="1">
+        <v>163</v>
+      </c>
+      <c t="s" r="H99" s="9">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="100" ht="81.75" customHeight="1">
       <c t="s" r="A100" s="11">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c t="s" r="B100" s="12">
+        <v>217</v>
+      </c>
+      <c t="s" r="C100" s="12">
         <v>220</v>
       </c>
-      <c t="s" r="C100" s="12">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="D100" s="12">
-        <v>222</v>
+        <v>207</v>
       </c>
       <c r="E100" s="12"/>
       <c t="s" r="F100" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G100" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="101" ht="32.25" customHeight="1">
+        <v>163</v>
+      </c>
+      <c t="s" r="H100" s="12">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="101" ht="42" customHeight="1">
       <c t="s" r="A101" s="8">
-        <v>219</v>
+        <v>154</v>
       </c>
       <c t="s" r="B101" s="9">
-        <v>220</v>
+        <v>155</v>
       </c>
       <c t="s" r="C101" s="9">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c t="s" r="D101" s="9">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E101" s="9"/>
       <c t="s" r="F101" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G101" s="10">
-        <v>31</v>
+        <v>152</v>
       </c>
       <c r="H101" s="14"/>
     </row>
     <row r="102" ht="42" customHeight="1">
       <c t="s" r="A102" s="11">
-        <v>197</v>
+        <v>154</v>
       </c>
       <c t="s" r="B102" s="12">
-        <v>198</v>
+        <v>155</v>
       </c>
       <c t="s" r="C102" s="12">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c t="s" r="D102" s="12">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="E102" s="12"/>
       <c t="s" r="F102" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G102" s="13">
-        <v>195</v>
+        <v>152</v>
       </c>
       <c r="H102" s="15"/>
     </row>
-    <row r="103" ht="42" customHeight="1">
+    <row r="103" ht="22.5" customHeight="1">
       <c t="s" r="A103" s="8">
-        <v>197</v>
+        <v>12</v>
       </c>
       <c t="s" r="B103" s="9">
-        <v>198</v>
+        <v>13</v>
       </c>
       <c t="s" r="C103" s="9">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c t="s" r="D103" s="9">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="E103" s="9"/>
       <c t="s" r="F103" s="10">
-        <v>40</v>
+        <v>227</v>
       </c>
       <c t="s" r="G103" s="10">
-        <v>195</v>
+        <v>228</v>
       </c>
       <c r="H103" s="14"/>
     </row>
-    <row r="104" ht="22.5" customHeight="1">
+    <row r="104" ht="21.75" customHeight="1">
       <c t="s" r="A104" s="11">
-        <v>230</v>
+        <v>12</v>
       </c>
       <c t="s" r="B104" s="12">
-        <v>231</v>
+        <v>13</v>
       </c>
       <c t="s" r="C104" s="12">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c t="s" r="D104" s="12">
-        <v>233</v>
+        <v>226</v>
       </c>
       <c r="E104" s="12"/>
       <c t="s" r="F104" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G104" s="13">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="105" ht="31.5" customHeight="1">
+        <v>230</v>
+      </c>
+      <c r="H104" s="15"/>
+    </row>
+    <row r="105" ht="51.75" customHeight="1">
       <c t="s" r="A105" s="8">
-        <v>203</v>
+        <v>12</v>
       </c>
       <c t="s" r="B105" s="9">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c t="s" r="C105" s="9">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c t="s" r="D105" s="9">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="E105" s="9"/>
       <c t="s" r="F105" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G105" s="10">
-        <v>237</v>
-[...3 lines deleted...]
-    <row r="106" ht="32.25" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H105" s="9">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="106" ht="22.5" customHeight="1">
       <c t="s" r="A106" s="11">
-        <v>203</v>
+        <v>12</v>
       </c>
       <c t="s" r="B106" s="12">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c t="s" r="C106" s="12">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c t="s" r="D106" s="12">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="E106" s="12"/>
       <c t="s" r="F106" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G106" s="13">
-        <v>237</v>
-[...3 lines deleted...]
-    <row r="107" ht="32.25" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H106" s="12">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" ht="22.5" customHeight="1">
       <c t="s" r="A107" s="8">
-        <v>203</v>
+        <v>12</v>
       </c>
       <c t="s" r="B107" s="9">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c t="s" r="C107" s="9">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c t="s" r="D107" s="9">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="E107" s="9"/>
       <c t="s" r="F107" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G107" s="10">
+        <v>236</v>
+      </c>
+      <c r="H107" s="14"/>
+    </row>
+    <row r="108" ht="21.75" customHeight="1">
+      <c t="s" r="A108" s="11">
+        <v>12</v>
+      </c>
+      <c t="s" r="B108" s="12">
+        <v>13</v>
+      </c>
+      <c t="s" r="C108" s="12">
         <v>237</v>
       </c>
-      <c r="H107" s="14"/>
-[...10 lines deleted...]
-      </c>
       <c t="s" r="D108" s="12">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="E108" s="12"/>
       <c t="s" r="F108" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G108" s="13">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="H108" s="15"/>
     </row>
-    <row r="109" ht="32.25" customHeight="1">
+    <row r="109" ht="22.5" customHeight="1">
       <c t="s" r="A109" s="8">
-        <v>203</v>
+        <v>12</v>
       </c>
       <c t="s" r="B109" s="9">
-        <v>204</v>
+        <v>13</v>
       </c>
       <c t="s" r="C109" s="9">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c t="s" r="D109" s="9">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="E109" s="9"/>
       <c t="s" r="F109" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G109" s="10">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="H109" s="14"/>
     </row>
-    <row r="110" ht="32.25" customHeight="1">
+    <row r="110" ht="21.75" customHeight="1">
       <c t="s" r="A110" s="11">
-        <v>203</v>
+        <v>77</v>
       </c>
       <c t="s" r="B110" s="12">
-        <v>204</v>
+        <v>78</v>
       </c>
       <c t="s" r="C110" s="12">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c t="s" r="D110" s="12">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="E110" s="12"/>
       <c t="s" r="F110" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G110" s="13">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="H110" s="15"/>
     </row>
-    <row r="111" ht="31.5" customHeight="1">
+    <row r="111" ht="22.5" customHeight="1">
       <c t="s" r="A111" s="8">
-        <v>203</v>
+        <v>77</v>
       </c>
       <c t="s" r="B111" s="9">
-        <v>204</v>
+        <v>78</v>
       </c>
       <c t="s" r="C111" s="9">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c t="s" r="D111" s="9">
-        <v>236</v>
+        <v>55</v>
       </c>
       <c r="E111" s="9"/>
       <c t="s" r="F111" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G111" s="10">
-        <v>237</v>
-[...3 lines deleted...]
-    <row r="112" ht="32.25" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H111" s="9">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="112" ht="21.75" customHeight="1">
       <c t="s" r="A112" s="11">
-        <v>203</v>
+        <v>77</v>
       </c>
       <c t="s" r="B112" s="12">
-        <v>204</v>
+        <v>78</v>
       </c>
       <c t="s" r="C112" s="12">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c t="s" r="D112" s="12">
-        <v>236</v>
+        <v>55</v>
       </c>
       <c r="E112" s="12"/>
       <c t="s" r="F112" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G112" s="13">
-        <v>237</v>
-[...3 lines deleted...]
-    <row r="113" ht="32.25" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H112" s="12">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="113" ht="22.5" customHeight="1">
       <c t="s" r="A113" s="8">
-        <v>203</v>
+        <v>244</v>
       </c>
       <c t="s" r="B113" s="9">
-        <v>204</v>
+        <v>245</v>
       </c>
       <c t="s" r="C113" s="9">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c t="s" r="D113" s="9">
-        <v>236</v>
+        <v>247</v>
       </c>
       <c r="E113" s="9"/>
       <c t="s" r="F113" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G113" s="10">
-        <v>237</v>
-[...3 lines deleted...]
-    <row r="114" ht="32.25" customHeight="1">
+        <v>248</v>
+      </c>
+      <c t="s" r="H113" s="9">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="114" ht="81.75" customHeight="1">
       <c t="s" r="A114" s="11">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c t="s" r="B114" s="12">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c t="s" r="C114" s="12">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c t="s" r="D114" s="12">
-        <v>236</v>
+        <v>251</v>
       </c>
       <c r="E114" s="12"/>
       <c t="s" r="F114" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G114" s="13">
-        <v>237</v>
-[...3 lines deleted...]
-    <row r="115" ht="72" customHeight="1">
+        <v>93</v>
+      </c>
+      <c t="s" r="H114" s="12">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="115" ht="32.25" customHeight="1">
       <c t="s" r="A115" s="8">
-        <v>247</v>
+        <v>94</v>
       </c>
       <c t="s" r="B115" s="9">
-        <v>248</v>
+        <v>95</v>
       </c>
       <c t="s" r="C115" s="9">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c t="s" r="D115" s="9">
-        <v>45</v>
+        <v>251</v>
       </c>
       <c r="E115" s="9"/>
       <c t="s" r="F115" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G115" s="10">
-        <v>206</v>
+        <v>93</v>
       </c>
       <c t="s" r="H115" s="9">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="116" ht="91.5" customHeight="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="116" ht="32.25" customHeight="1">
       <c t="s" r="A116" s="11">
+        <v>94</v>
+      </c>
+      <c t="s" r="B116" s="12">
+        <v>95</v>
+      </c>
+      <c t="s" r="C116" s="12">
+        <v>255</v>
+      </c>
+      <c t="s" r="D116" s="12">
         <v>251</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E116" s="12"/>
       <c t="s" r="F116" s="13">
-        <v>16</v>
+        <v>227</v>
       </c>
       <c t="s" r="G116" s="13">
-        <v>206</v>
-[...5 lines deleted...]
-    <row r="117" ht="82.5" customHeight="1">
+        <v>228</v>
+      </c>
+      <c r="H116" s="15"/>
+    </row>
+    <row r="117" ht="72" customHeight="1">
       <c t="s" r="A117" s="8">
-        <v>247</v>
+        <v>23</v>
       </c>
       <c t="s" r="B117" s="9">
-        <v>248</v>
+        <v>24</v>
       </c>
       <c t="s" r="C117" s="9">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c t="s" r="D117" s="9">
-        <v>45</v>
+        <v>251</v>
       </c>
       <c r="E117" s="9"/>
       <c t="s" r="F117" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G117" s="10">
-        <v>206</v>
+        <v>27</v>
       </c>
       <c t="s" r="H117" s="9">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="118" ht="81.75" customHeight="1">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="118" ht="21.75" customHeight="1">
       <c t="s" r="A118" s="11">
+        <v>23</v>
+      </c>
+      <c t="s" r="B118" s="12">
+        <v>24</v>
+      </c>
+      <c t="s" r="C118" s="12">
+        <v>258</v>
+      </c>
+      <c t="s" r="D118" s="12">
         <v>251</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E118" s="12"/>
       <c t="s" r="F118" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G118" s="13">
-        <v>206</v>
+        <v>27</v>
       </c>
       <c t="s" r="H118" s="12">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="119" ht="81.75" customHeight="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="119" ht="32.25" customHeight="1">
       <c t="s" r="A119" s="8">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c t="s" r="B119" s="9">
-        <v>259</v>
+        <v>95</v>
       </c>
       <c t="s" r="C119" s="9">
         <v>260</v>
       </c>
       <c t="s" r="D119" s="9">
-        <v>45</v>
+        <v>261</v>
       </c>
       <c r="E119" s="9"/>
       <c t="s" r="F119" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G119" s="10">
-        <v>206</v>
+        <v>262</v>
       </c>
       <c t="s" r="H119" s="9">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="120" ht="32.25" customHeight="1">
+      <c t="s" r="A120" s="11">
+        <v>94</v>
+      </c>
+      <c t="s" r="B120" s="12">
+        <v>95</v>
+      </c>
+      <c t="s" r="C120" s="12">
+        <v>264</v>
+      </c>
+      <c t="s" r="D120" s="12">
         <v>261</v>
-      </c>
-[...12 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E120" s="12"/>
       <c t="s" r="F120" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G120" s="13">
-        <v>206</v>
+        <v>262</v>
       </c>
       <c t="s" r="H120" s="12">
-        <v>263</v>
-[...2 lines deleted...]
-    <row r="121" ht="42" customHeight="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="121" ht="32.25" customHeight="1">
       <c t="s" r="A121" s="8">
-        <v>197</v>
+        <v>94</v>
       </c>
       <c t="s" r="B121" s="9">
-        <v>198</v>
+        <v>95</v>
       </c>
       <c t="s" r="C121" s="9">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c t="s" r="D121" s="9">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="E121" s="9"/>
       <c t="s" r="F121" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G121" s="10">
-        <v>195</v>
-[...3 lines deleted...]
-    <row r="122" ht="42" customHeight="1">
+        <v>262</v>
+      </c>
+      <c t="s" r="H121" s="9">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="122" ht="32.25" customHeight="1">
       <c t="s" r="A122" s="11">
-        <v>197</v>
+        <v>94</v>
       </c>
       <c t="s" r="B122" s="12">
-        <v>198</v>
+        <v>95</v>
       </c>
       <c t="s" r="C122" s="12">
         <v>266</v>
       </c>
       <c t="s" r="D122" s="12">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="E122" s="12"/>
       <c t="s" r="F122" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G122" s="13">
-        <v>195</v>
-[...3 lines deleted...]
-    <row r="123" ht="22.5" customHeight="1">
+        <v>262</v>
+      </c>
+      <c t="s" r="H122" s="12">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="123" ht="31.5" customHeight="1">
       <c t="s" r="A123" s="8">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c t="s" r="B123" s="9">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C123" s="9">
         <v>267</v>
       </c>
       <c t="s" r="D123" s="9">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="E123" s="9"/>
       <c t="s" r="F123" s="10">
-        <v>269</v>
+        <v>40</v>
       </c>
       <c t="s" r="G123" s="10">
-        <v>270</v>
+        <v>236</v>
       </c>
       <c r="H123" s="14"/>
     </row>
-    <row r="124" ht="22.5" customHeight="1">
+    <row r="124" ht="32.25" customHeight="1">
       <c t="s" r="A124" s="11">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c t="s" r="B124" s="12">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C124" s="12">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c t="s" r="D124" s="12">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="E124" s="12"/>
       <c t="s" r="F124" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G124" s="13">
-        <v>272</v>
+        <v>236</v>
       </c>
       <c r="H124" s="15"/>
     </row>
-    <row r="125" ht="51.75" customHeight="1">
+    <row r="125" ht="32.25" customHeight="1">
       <c t="s" r="A125" s="8">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c t="s" r="B125" s="9">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C125" s="9">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c t="s" r="D125" s="9">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="E125" s="9"/>
       <c t="s" r="F125" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G125" s="10">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="126" ht="22.5" customHeight="1">
+        <v>236</v>
+      </c>
+      <c r="H125" s="14"/>
+    </row>
+    <row r="126" ht="32.25" customHeight="1">
       <c t="s" r="A126" s="11">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c t="s" r="B126" s="12">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C126" s="12">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c t="s" r="D126" s="12">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="E126" s="12"/>
       <c t="s" r="F126" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G126" s="13">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="127" ht="21.75" customHeight="1">
+        <v>248</v>
+      </c>
+      <c r="H126" s="15"/>
+    </row>
+    <row r="127" ht="32.25" customHeight="1">
       <c t="s" r="A127" s="8">
-        <v>12</v>
+        <v>259</v>
       </c>
       <c t="s" r="B127" s="9">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C127" s="9">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c t="s" r="D127" s="9">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="E127" s="9"/>
       <c t="s" r="F127" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G127" s="10">
-        <v>278</v>
+        <v>248</v>
       </c>
       <c r="H127" s="14"/>
     </row>
-    <row r="128" ht="22.5" customHeight="1">
+    <row r="128" ht="32.25" customHeight="1">
       <c t="s" r="A128" s="11">
-        <v>12</v>
+        <v>259</v>
       </c>
       <c t="s" r="B128" s="12">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C128" s="12">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c t="s" r="D128" s="12">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="E128" s="12"/>
       <c t="s" r="F128" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G128" s="13">
-        <v>278</v>
+        <v>248</v>
       </c>
       <c r="H128" s="15"/>
     </row>
-    <row r="129" ht="21.75" customHeight="1">
+    <row r="129" ht="31.5" customHeight="1">
       <c t="s" r="A129" s="8">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c t="s" r="B129" s="9">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C129" s="9">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c t="s" r="D129" s="9">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="E129" s="9"/>
       <c t="s" r="F129" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G129" s="10">
-        <v>278</v>
+        <v>248</v>
       </c>
       <c r="H129" s="14"/>
     </row>
-    <row r="130" ht="22.5" customHeight="1">
+    <row r="130" ht="32.25" customHeight="1">
       <c t="s" r="A130" s="11">
+        <v>94</v>
+      </c>
+      <c t="s" r="B130" s="12">
         <v>95</v>
       </c>
-      <c t="s" r="B130" s="12">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="C130" s="12">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c t="s" r="D130" s="12">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="E130" s="12"/>
       <c t="s" r="F130" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G130" s="13">
-        <v>282</v>
+        <v>248</v>
       </c>
       <c r="H130" s="15"/>
     </row>
-    <row r="131" ht="21.75" customHeight="1">
+    <row r="131" ht="42" customHeight="1">
       <c t="s" r="A131" s="8">
-        <v>95</v>
+        <v>154</v>
       </c>
       <c t="s" r="B131" s="9">
-        <v>96</v>
+        <v>155</v>
       </c>
       <c t="s" r="C131" s="9">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c t="s" r="D131" s="9">
-        <v>68</v>
+        <v>276</v>
       </c>
       <c r="E131" s="9"/>
       <c t="s" r="F131" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G131" s="10">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="132" ht="22.5" customHeight="1">
+        <v>152</v>
+      </c>
+      <c r="H131" s="14"/>
+    </row>
+    <row r="132" ht="42.75" customHeight="1">
       <c t="s" r="A132" s="11">
-        <v>95</v>
+        <v>154</v>
       </c>
       <c t="s" r="B132" s="12">
-        <v>96</v>
+        <v>155</v>
       </c>
       <c t="s" r="C132" s="12">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c t="s" r="D132" s="12">
-        <v>68</v>
+        <v>276</v>
       </c>
       <c r="E132" s="12"/>
       <c t="s" r="F132" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G132" s="13">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="133" ht="21.75" customHeight="1">
+        <v>152</v>
+      </c>
+      <c r="H132" s="15"/>
+    </row>
+    <row r="133" ht="31.5" customHeight="1">
       <c t="s" r="A133" s="8">
-        <v>286</v>
+        <v>94</v>
       </c>
       <c t="s" r="B133" s="9">
-        <v>287</v>
+        <v>95</v>
       </c>
       <c t="s" r="C133" s="9">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c t="s" r="D133" s="9">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="E133" s="9"/>
       <c t="s" r="F133" s="10">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c t="s" r="G133" s="10">
-        <v>290</v>
-[...5 lines deleted...]
-    <row r="134" ht="82.5" customHeight="1">
+        <v>174</v>
+      </c>
+      <c r="H133" s="14"/>
+    </row>
+    <row r="134" ht="32.25" customHeight="1">
       <c t="s" r="A134" s="11">
-        <v>251</v>
+        <v>94</v>
       </c>
       <c t="s" r="B134" s="12">
-        <v>248</v>
+        <v>95</v>
       </c>
       <c t="s" r="C134" s="12">
-        <v>292</v>
+        <v>280</v>
       </c>
       <c t="s" r="D134" s="12">
-        <v>293</v>
+        <v>279</v>
       </c>
       <c r="E134" s="12"/>
       <c t="s" r="F134" s="13">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c t="s" r="G134" s="13">
-        <v>111</v>
-[...5 lines deleted...]
-    <row r="135" ht="31.5" customHeight="1">
+        <v>174</v>
+      </c>
+      <c r="H134" s="15"/>
+    </row>
+    <row r="135" ht="22.5" customHeight="1">
       <c t="s" r="A135" s="8">
-        <v>112</v>
+        <v>187</v>
       </c>
       <c t="s" r="B135" s="9">
-        <v>113</v>
+        <v>188</v>
       </c>
       <c t="s" r="C135" s="9">
-        <v>295</v>
+        <v>281</v>
       </c>
       <c t="s" r="D135" s="9">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="E135" s="9"/>
       <c t="s" r="F135" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G135" s="10">
+        <v>31</v>
+      </c>
+      <c t="s" r="H135" s="9">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="136" ht="21.75" customHeight="1">
+      <c t="s" r="A136" s="11">
+        <v>110</v>
+      </c>
+      <c t="s" r="B136" s="12">
         <v>111</v>
       </c>
-      <c t="s" r="H135" s="9">
-[...9 lines deleted...]
-      </c>
       <c t="s" r="C136" s="12">
-        <v>297</v>
+        <v>283</v>
       </c>
       <c t="s" r="D136" s="12">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="E136" s="12"/>
       <c t="s" r="F136" s="13">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c t="s" r="G136" s="13">
-        <v>270</v>
-[...3 lines deleted...]
-    <row r="137" ht="72" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H136" s="12">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="137" ht="22.5" customHeight="1">
       <c t="s" r="A137" s="8">
-        <v>23</v>
+        <v>110</v>
       </c>
       <c t="s" r="B137" s="9">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c t="s" r="C137" s="9">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c t="s" r="D137" s="9">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="E137" s="9"/>
       <c t="s" r="F137" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G137" s="10">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c t="s" r="H137" s="9">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="138" ht="22.5" customHeight="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="138" ht="21.75" customHeight="1">
       <c t="s" r="A138" s="11">
-        <v>23</v>
+        <v>110</v>
       </c>
       <c t="s" r="B138" s="12">
-        <v>24</v>
+        <v>111</v>
       </c>
       <c t="s" r="C138" s="12">
-        <v>300</v>
+        <v>286</v>
       </c>
       <c t="s" r="D138" s="12">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="E138" s="12"/>
       <c t="s" r="F138" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G138" s="13">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c t="s" r="H138" s="12">
-        <v>38</v>
-[...2 lines deleted...]
-    <row r="139" ht="32.25" customHeight="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="139" ht="18" customHeight="1">
       <c t="s" r="A139" s="8">
-        <v>301</v>
+        <v>144</v>
       </c>
       <c t="s" r="B139" s="9">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c t="s" r="C139" s="9">
-        <v>302</v>
+        <v>287</v>
       </c>
       <c t="s" r="D139" s="9">
-        <v>303</v>
+        <v>284</v>
       </c>
       <c r="E139" s="9"/>
       <c t="s" r="F139" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G139" s="10">
-        <v>304</v>
+        <v>31</v>
       </c>
       <c t="s" r="H139" s="9">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="140" ht="31.5" customHeight="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="140" ht="18" customHeight="1">
       <c t="s" r="A140" s="11">
-        <v>112</v>
+        <v>144</v>
       </c>
       <c t="s" r="B140" s="12">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c t="s" r="C140" s="12">
-        <v>306</v>
+        <v>288</v>
       </c>
       <c t="s" r="D140" s="12">
-        <v>303</v>
+        <v>284</v>
       </c>
       <c r="E140" s="12"/>
       <c t="s" r="F140" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G140" s="13">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H140" s="15"/>
     </row>
     <row r="141" ht="32.25" customHeight="1">
       <c t="s" r="A141" s="8">
-        <v>112</v>
+        <v>176</v>
       </c>
       <c t="s" r="B141" s="9">
-        <v>113</v>
+        <v>177</v>
       </c>
       <c t="s" r="C141" s="9">
-        <v>307</v>
+        <v>289</v>
       </c>
       <c t="s" r="D141" s="9">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="E141" s="9"/>
       <c t="s" r="F141" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G141" s="10">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="H141" s="14"/>
     </row>
     <row r="142" ht="32.25" customHeight="1">
       <c t="s" r="A142" s="11">
-        <v>112</v>
+        <v>176</v>
       </c>
       <c t="s" r="B142" s="12">
-        <v>113</v>
+        <v>177</v>
       </c>
       <c t="s" r="C142" s="12">
-        <v>308</v>
+        <v>292</v>
       </c>
       <c t="s" r="D142" s="12">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="E142" s="12"/>
       <c t="s" r="F142" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G142" s="13">
-        <v>304</v>
-[...5 lines deleted...]
-    <row r="143" ht="32.25" customHeight="1">
+        <v>291</v>
+      </c>
+      <c r="H142" s="15"/>
+    </row>
+    <row r="143" ht="51.75" customHeight="1">
       <c t="s" r="A143" s="8">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c t="s" r="B143" s="9">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c t="s" r="C143" s="9">
-        <v>309</v>
+        <v>293</v>
       </c>
       <c t="s" r="D143" s="9">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="E143" s="9"/>
       <c t="s" r="F143" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G143" s="10">
-        <v>278</v>
-[...3 lines deleted...]
-    <row r="144" ht="32.25" customHeight="1">
+        <v>295</v>
+      </c>
+      <c t="s" r="H143" s="9">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="144" ht="42.75" customHeight="1">
       <c t="s" r="A144" s="11">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c t="s" r="B144" s="12">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c t="s" r="C144" s="12">
-        <v>310</v>
+        <v>296</v>
       </c>
       <c t="s" r="D144" s="12">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="E144" s="12"/>
       <c t="s" r="F144" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G144" s="13">
-        <v>278</v>
-[...3 lines deleted...]
-    <row r="145" ht="32.25" customHeight="1">
+        <v>295</v>
+      </c>
+      <c t="s" r="H144" s="12">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="145" ht="51.75" customHeight="1">
       <c t="s" r="A145" s="8">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c t="s" r="B145" s="9">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c t="s" r="C145" s="9">
-        <v>311</v>
+        <v>297</v>
       </c>
       <c t="s" r="D145" s="9">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="E145" s="9"/>
       <c t="s" r="F145" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G145" s="10">
-        <v>278</v>
-[...3 lines deleted...]
-    <row r="146" ht="31.5" customHeight="1">
+        <v>295</v>
+      </c>
+      <c t="s" r="H145" s="9">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="146" ht="42" customHeight="1">
       <c t="s" r="A146" s="11">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c t="s" r="B146" s="12">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c t="s" r="C146" s="12">
-        <v>312</v>
+        <v>298</v>
       </c>
       <c t="s" r="D146" s="12">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="E146" s="12"/>
       <c t="s" r="F146" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G146" s="13">
-        <v>290</v>
-[...3 lines deleted...]
-    <row r="147" ht="32.25" customHeight="1">
+        <v>295</v>
+      </c>
+      <c t="s" r="H146" s="12">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="147" ht="22.5" customHeight="1">
       <c t="s" r="A147" s="8">
-        <v>301</v>
+        <v>12</v>
       </c>
       <c t="s" r="B147" s="9">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c t="s" r="C147" s="9">
-        <v>313</v>
+        <v>299</v>
       </c>
       <c t="s" r="D147" s="9">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="E147" s="9"/>
       <c t="s" r="F147" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G147" s="10">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="H147" s="14"/>
     </row>
-    <row r="148" ht="32.25" customHeight="1">
+    <row r="148" ht="21.75" customHeight="1">
       <c t="s" r="A148" s="11">
+        <v>12</v>
+      </c>
+      <c t="s" r="B148" s="12">
+        <v>13</v>
+      </c>
+      <c t="s" r="C148" s="12">
         <v>301</v>
       </c>
-      <c t="s" r="B148" s="12">
-[...4 lines deleted...]
-      </c>
       <c t="s" r="D148" s="12">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="E148" s="12"/>
       <c t="s" r="F148" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G148" s="13">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="H148" s="15"/>
     </row>
-    <row r="149" ht="32.25" customHeight="1">
+    <row r="149" ht="22.5" customHeight="1">
       <c t="s" r="A149" s="8">
-        <v>112</v>
+        <v>12</v>
       </c>
       <c t="s" r="B149" s="9">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c t="s" r="C149" s="9">
-        <v>315</v>
+        <v>302</v>
       </c>
       <c t="s" r="D149" s="9">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="E149" s="9"/>
       <c t="s" r="F149" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G149" s="10">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="H149" s="14"/>
     </row>
     <row r="150" ht="32.25" customHeight="1">
       <c t="s" r="A150" s="11">
-        <v>112</v>
+        <v>160</v>
       </c>
       <c t="s" r="B150" s="12">
-        <v>113</v>
+        <v>161</v>
       </c>
       <c t="s" r="C150" s="12">
-        <v>316</v>
+        <v>303</v>
       </c>
       <c t="s" r="D150" s="12">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E150" s="12"/>
       <c t="s" r="F150" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G150" s="13">
-        <v>290</v>
+        <v>305</v>
       </c>
       <c r="H150" s="15"/>
     </row>
-    <row r="151" ht="42" customHeight="1">
+    <row r="151" ht="71.25" customHeight="1">
       <c t="s" r="A151" s="8">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c t="s" r="B151" s="9">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c t="s" r="C151" s="9">
-        <v>317</v>
+        <v>306</v>
       </c>
       <c t="s" r="D151" s="9">
-        <v>318</v>
+        <v>307</v>
       </c>
       <c r="E151" s="9"/>
       <c t="s" r="F151" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G151" s="10">
-        <v>195</v>
-[...3 lines deleted...]
-    <row r="152" ht="42" customHeight="1">
+        <v>240</v>
+      </c>
+      <c t="s" r="H151" s="9">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="152" ht="22.5" customHeight="1">
       <c t="s" r="A152" s="11">
-        <v>197</v>
+        <v>187</v>
       </c>
       <c t="s" r="B152" s="12">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c t="s" r="C152" s="12">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c t="s" r="D152" s="12">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="E152" s="12"/>
       <c t="s" r="F152" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G152" s="13">
-        <v>195</v>
-[...3 lines deleted...]
-    <row r="153" ht="51.75" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H152" s="12">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="153" ht="32.25" customHeight="1">
       <c t="s" r="A153" s="8">
-        <v>171</v>
+        <v>311</v>
       </c>
       <c t="s" r="B153" s="9">
-        <v>179</v>
+        <v>312</v>
       </c>
       <c t="s" r="C153" s="9">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c t="s" r="D153" s="9">
-        <v>321</v>
+        <v>310</v>
       </c>
       <c r="E153" s="9"/>
       <c t="s" r="F153" s="10">
-        <v>16</v>
+        <v>314</v>
       </c>
       <c t="s" r="G153" s="10">
-        <v>27</v>
+        <v>315</v>
       </c>
       <c t="s" r="H153" s="9">
-        <v>183</v>
+        <v>316</v>
       </c>
     </row>
     <row r="154" ht="32.25" customHeight="1">
       <c t="s" r="A154" s="11">
-        <v>166</v>
+        <v>311</v>
       </c>
       <c t="s" r="B154" s="12">
-        <v>179</v>
+        <v>317</v>
       </c>
       <c t="s" r="C154" s="12">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c t="s" r="D154" s="12">
-        <v>321</v>
+        <v>310</v>
       </c>
       <c r="E154" s="12"/>
       <c t="s" r="F154" s="13">
-        <v>16</v>
+        <v>314</v>
       </c>
       <c t="s" r="G154" s="13">
-        <v>27</v>
+        <v>315</v>
       </c>
       <c t="s" r="H154" s="12">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="155" ht="32.25" customHeight="1">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="155" ht="21.75" customHeight="1">
       <c t="s" r="A155" s="8">
-        <v>166</v>
+        <v>320</v>
       </c>
       <c t="s" r="B155" s="9">
-        <v>185</v>
+        <v>321</v>
       </c>
       <c t="s" r="C155" s="9">
+        <v>322</v>
+      </c>
+      <c t="s" r="D155" s="9">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="E155" s="9"/>
       <c t="s" r="F155" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G155" s="10">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="156" ht="51.75" customHeight="1">
+        <v>324</v>
+      </c>
+      <c r="H155" s="14"/>
+    </row>
+    <row r="156" ht="22.5" customHeight="1">
       <c t="s" r="A156" s="11">
-        <v>171</v>
+        <v>320</v>
       </c>
       <c t="s" r="B156" s="12">
-        <v>185</v>
+        <v>321</v>
       </c>
       <c t="s" r="C156" s="12">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c t="s" r="D156" s="12">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="E156" s="12"/>
       <c t="s" r="F156" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G156" s="13">
-        <v>27</v>
-[...5 lines deleted...]
-    <row r="157" ht="32.25" customHeight="1">
+        <v>324</v>
+      </c>
+      <c r="H156" s="15"/>
+    </row>
+    <row r="157" ht="72" customHeight="1">
       <c t="s" r="A157" s="8">
-        <v>166</v>
+        <v>204</v>
       </c>
       <c t="s" r="B157" s="9">
-        <v>325</v>
+        <v>205</v>
       </c>
       <c t="s" r="C157" s="9">
         <v>326</v>
       </c>
       <c t="s" r="D157" s="9">
-        <v>321</v>
+        <v>43</v>
       </c>
       <c r="E157" s="9"/>
       <c t="s" r="F157" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G157" s="10">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c t="s" r="H157" s="9">
         <v>327</v>
       </c>
     </row>
-    <row r="158" ht="52.5" customHeight="1">
+    <row r="158" ht="32.25" customHeight="1">
       <c t="s" r="A158" s="11">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c t="s" r="B158" s="12">
-        <v>325</v>
+        <v>177</v>
       </c>
       <c t="s" r="C158" s="12">
         <v>328</v>
       </c>
       <c t="s" r="D158" s="12">
-        <v>321</v>
+        <v>30</v>
       </c>
       <c r="E158" s="12"/>
       <c t="s" r="F158" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G158" s="13">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H158" s="15"/>
     </row>
     <row r="159" ht="31.5" customHeight="1">
       <c t="s" r="A159" s="8">
-        <v>112</v>
+        <v>176</v>
       </c>
       <c t="s" r="B159" s="9">
-        <v>113</v>
+        <v>177</v>
       </c>
       <c t="s" r="C159" s="9">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c t="s" r="D159" s="9">
-        <v>331</v>
+        <v>30</v>
       </c>
       <c r="E159" s="9"/>
       <c t="s" r="F159" s="10">
-        <v>216</v>
+        <v>16</v>
       </c>
       <c t="s" r="G159" s="10">
-        <v>217</v>
+        <v>31</v>
       </c>
       <c r="H159" s="14"/>
     </row>
     <row r="160" ht="32.25" customHeight="1">
       <c t="s" r="A160" s="11">
-        <v>112</v>
+        <v>176</v>
       </c>
       <c t="s" r="B160" s="12">
-        <v>113</v>
+        <v>177</v>
       </c>
       <c t="s" r="C160" s="12">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c t="s" r="D160" s="12">
-        <v>331</v>
+        <v>30</v>
       </c>
       <c r="E160" s="12"/>
       <c t="s" r="F160" s="13">
-        <v>216</v>
+        <v>16</v>
       </c>
       <c t="s" r="G160" s="13">
-        <v>217</v>
+        <v>31</v>
       </c>
       <c r="H160" s="15"/>
     </row>
-    <row r="161" ht="22.5" customHeight="1">
+    <row r="161" ht="32.25" customHeight="1">
       <c t="s" r="A161" s="8">
-        <v>230</v>
+        <v>176</v>
       </c>
       <c t="s" r="B161" s="9">
-        <v>231</v>
+        <v>177</v>
       </c>
       <c t="s" r="C161" s="9">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c t="s" r="D161" s="9">
-        <v>334</v>
+        <v>30</v>
       </c>
       <c r="E161" s="9"/>
       <c t="s" r="F161" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G161" s="10">
         <v>31</v>
       </c>
-      <c t="s" r="H161" s="9">
-[...3 lines deleted...]
-    <row r="162" ht="21.75" customHeight="1">
+      <c r="H161" s="14"/>
+    </row>
+    <row r="162" ht="51.75" customHeight="1">
       <c t="s" r="A162" s="11">
-        <v>128</v>
+        <v>332</v>
       </c>
       <c t="s" r="B162" s="12">
-        <v>129</v>
+        <v>333</v>
       </c>
       <c t="s" r="C162" s="12">
+        <v>334</v>
+      </c>
+      <c t="s" r="D162" s="12">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E162" s="12"/>
       <c t="s" r="F162" s="13">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="G162" s="13"/>
       <c t="s" r="H162" s="12">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="163" ht="22.5" customHeight="1">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="163" ht="52.5" customHeight="1">
       <c t="s" r="A163" s="8">
-        <v>128</v>
+        <v>338</v>
       </c>
       <c t="s" r="B163" s="9">
-        <v>129</v>
+        <v>339</v>
       </c>
       <c t="s" r="C163" s="9">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c t="s" r="D163" s="9">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="E163" s="9"/>
       <c t="s" r="F163" s="10">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="G163" s="10"/>
       <c t="s" r="H163" s="9">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="164" ht="22.5" customHeight="1">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="164" ht="51.75" customHeight="1">
       <c t="s" r="A164" s="11">
-        <v>128</v>
+        <v>338</v>
       </c>
       <c t="s" r="B164" s="12">
-        <v>129</v>
+        <v>339</v>
       </c>
       <c t="s" r="C164" s="12">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c t="s" r="D164" s="12">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="E164" s="12"/>
       <c t="s" r="F164" s="13">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="G164" s="13"/>
       <c t="s" r="H164" s="12">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="165" ht="18" customHeight="1">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="165" ht="81.75" customHeight="1">
       <c t="s" r="A165" s="8">
-        <v>161</v>
+        <v>332</v>
       </c>
       <c t="s" r="B165" s="9">
-        <v>162</v>
+        <v>333</v>
       </c>
       <c t="s" r="C165" s="9">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c t="s" r="D165" s="9">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="E165" s="9"/>
       <c t="s" r="F165" s="10">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>336</v>
+      </c>
+      <c r="G165" s="10"/>
       <c t="s" r="H165" s="9">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="166" ht="18" customHeight="1">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="166" ht="62.25" customHeight="1">
       <c t="s" r="A166" s="11">
-        <v>161</v>
+        <v>338</v>
       </c>
       <c t="s" r="B166" s="12">
-        <v>162</v>
+        <v>339</v>
       </c>
       <c t="s" r="C166" s="12">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c t="s" r="D166" s="12">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="E166" s="12"/>
       <c t="s" r="F166" s="13">
-        <v>40</v>
-[...6 lines deleted...]
-    <row r="167" ht="31.5" customHeight="1">
+        <v>336</v>
+      </c>
+      <c r="G166" s="13"/>
+      <c t="s" r="H166" s="12">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="167" ht="62.25" customHeight="1">
       <c t="s" r="A167" s="8">
-        <v>219</v>
+        <v>338</v>
       </c>
       <c t="s" r="B167" s="9">
-        <v>220</v>
+        <v>339</v>
       </c>
       <c t="s" r="C167" s="9">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c t="s" r="D167" s="9">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="E167" s="9"/>
       <c t="s" r="F167" s="10">
-        <v>16</v>
-[...6 lines deleted...]
-    <row r="168" ht="32.25" customHeight="1">
+        <v>336</v>
+      </c>
+      <c r="G167" s="10"/>
+      <c t="s" r="H167" s="9">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="168" ht="42" customHeight="1">
       <c t="s" r="A168" s="11">
-        <v>219</v>
+        <v>353</v>
       </c>
       <c t="s" r="B168" s="12">
-        <v>220</v>
+        <v>354</v>
       </c>
       <c t="s" r="C168" s="12">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c t="s" r="D168" s="12">
-        <v>342</v>
+        <v>356</v>
       </c>
       <c r="E168" s="12"/>
       <c t="s" r="F168" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G168" s="13">
-        <v>343</v>
-[...3 lines deleted...]
-    <row r="169" ht="52.5" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H168" s="12">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="169" ht="32.25" customHeight="1">
       <c t="s" r="A169" s="8">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c t="s" r="B169" s="9">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C169" s="9">
-        <v>345</v>
+        <v>358</v>
       </c>
       <c t="s" r="D169" s="9">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="E169" s="9"/>
       <c t="s" r="F169" s="10">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c t="s" r="G169" s="10">
-        <v>347</v>
-[...5 lines deleted...]
-    <row r="170" ht="42" customHeight="1">
+        <v>174</v>
+      </c>
+      <c r="H169" s="14"/>
+    </row>
+    <row r="170" ht="32.25" customHeight="1">
       <c t="s" r="A170" s="11">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c t="s" r="B170" s="12">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C170" s="12">
-        <v>348</v>
+        <v>360</v>
       </c>
       <c t="s" r="D170" s="12">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="E170" s="12"/>
       <c t="s" r="F170" s="13">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c t="s" r="G170" s="13">
-        <v>347</v>
-[...5 lines deleted...]
-    <row r="171" ht="51.75" customHeight="1">
+        <v>174</v>
+      </c>
+      <c r="H170" s="15"/>
+    </row>
+    <row r="171" ht="31.5" customHeight="1">
       <c t="s" r="A171" s="8">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c t="s" r="B171" s="9">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C171" s="9">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c t="s" r="D171" s="9">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="E171" s="9"/>
       <c t="s" r="F171" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G171" s="10">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c t="s" r="H171" s="9">
-        <v>275</v>
-[...2 lines deleted...]
-    <row r="172" ht="42" customHeight="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="172" ht="32.25" customHeight="1">
       <c t="s" r="A172" s="11">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c t="s" r="B172" s="12">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C172" s="12">
-        <v>350</v>
+        <v>363</v>
       </c>
       <c t="s" r="D172" s="12">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="E172" s="12"/>
       <c t="s" r="F172" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G172" s="13">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c t="s" r="H172" s="12">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="173" ht="22.5" customHeight="1">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="173" ht="32.25" customHeight="1">
       <c t="s" r="A173" s="8">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c t="s" r="B173" s="9">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C173" s="9">
-        <v>351</v>
+        <v>364</v>
       </c>
       <c t="s" r="D173" s="9">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="E173" s="9"/>
       <c t="s" r="F173" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G173" s="10">
-        <v>352</v>
-[...3 lines deleted...]
-    <row r="174" ht="21.75" customHeight="1">
+        <v>362</v>
+      </c>
+      <c t="s" r="H173" s="9">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="174" ht="32.25" customHeight="1">
       <c t="s" r="A174" s="11">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c t="s" r="B174" s="12">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c t="s" r="C174" s="12">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c t="s" r="D174" s="12">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="E174" s="12"/>
       <c t="s" r="F174" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G174" s="13">
-        <v>352</v>
-[...3 lines deleted...]
-    <row r="175" ht="22.5" customHeight="1">
+        <v>362</v>
+      </c>
+      <c t="s" r="H174" s="12">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="175" ht="21.75" customHeight="1">
       <c t="s" r="A175" s="8">
-        <v>12</v>
+        <v>366</v>
       </c>
       <c t="s" r="B175" s="9">
-        <v>13</v>
+        <v>367</v>
       </c>
       <c t="s" r="C175" s="9">
-        <v>354</v>
+        <v>368</v>
       </c>
       <c t="s" r="D175" s="9">
-        <v>346</v>
+        <v>369</v>
       </c>
       <c r="E175" s="9"/>
       <c t="s" r="F175" s="10">
-        <v>40</v>
+        <v>370</v>
       </c>
       <c t="s" r="G175" s="10">
-        <v>352</v>
-[...3 lines deleted...]
-    <row r="176" ht="32.25" customHeight="1">
+        <v>240</v>
+      </c>
+      <c t="s" r="H175" s="9">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="176" ht="22.5" customHeight="1">
       <c t="s" r="A176" s="11">
-        <v>203</v>
+        <v>77</v>
       </c>
       <c t="s" r="B176" s="12">
-        <v>204</v>
+        <v>78</v>
       </c>
       <c t="s" r="C176" s="12">
-        <v>355</v>
+        <v>372</v>
       </c>
       <c t="s" r="D176" s="12">
-        <v>356</v>
+        <v>373</v>
       </c>
       <c r="E176" s="12"/>
       <c t="s" r="F176" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G176" s="13">
-        <v>357</v>
+        <v>374</v>
       </c>
       <c r="H176" s="15"/>
     </row>
-    <row r="177" ht="72" customHeight="1">
+    <row r="177" ht="42" customHeight="1">
       <c t="s" r="A177" s="8">
-        <v>258</v>
+        <v>353</v>
       </c>
       <c t="s" r="B177" s="9">
-        <v>259</v>
+        <v>354</v>
       </c>
       <c t="s" r="C177" s="9">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c t="s" r="D177" s="9">
-        <v>359</v>
+        <v>376</v>
       </c>
       <c r="E177" s="9"/>
       <c t="s" r="F177" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G177" s="10">
-        <v>282</v>
+        <v>31</v>
       </c>
       <c t="s" r="H177" s="9">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="178" ht="21.75" customHeight="1">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="178" ht="52.5" customHeight="1">
       <c t="s" r="A178" s="11">
-        <v>361</v>
+        <v>332</v>
       </c>
       <c t="s" r="B178" s="12">
-        <v>259</v>
+        <v>333</v>
       </c>
       <c t="s" r="C178" s="12">
-        <v>362</v>
+        <v>377</v>
       </c>
       <c t="s" r="D178" s="12">
-        <v>359</v>
+        <v>378</v>
       </c>
       <c r="E178" s="12"/>
       <c t="s" r="F178" s="13">
-        <v>40</v>
-[...6 lines deleted...]
-    <row r="179" ht="22.5" customHeight="1">
+        <v>336</v>
+      </c>
+      <c r="G178" s="13"/>
+      <c t="s" r="H178" s="12">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="179" ht="42" customHeight="1">
       <c t="s" r="A179" s="8">
-        <v>230</v>
+        <v>353</v>
       </c>
       <c t="s" r="B179" s="9">
-        <v>231</v>
+        <v>354</v>
       </c>
       <c t="s" r="C179" s="9">
-        <v>364</v>
+        <v>380</v>
       </c>
       <c t="s" r="D179" s="9">
-        <v>365</v>
+        <v>381</v>
       </c>
       <c r="E179" s="9"/>
       <c t="s" r="F179" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G179" s="10">
-        <v>31</v>
+        <v>230</v>
       </c>
       <c t="s" r="H179" s="9">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="180" ht="51.75" customHeight="1">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="180" ht="21.75" customHeight="1">
       <c t="s" r="A180" s="11">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B180" s="12">
-        <v>167</v>
+        <v>384</v>
       </c>
       <c t="s" r="C180" s="12">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c t="s" r="D180" s="12">
-        <v>365</v>
+        <v>386</v>
       </c>
       <c r="E180" s="12"/>
       <c t="s" r="F180" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G180" s="13">
-        <v>27</v>
+        <v>387</v>
       </c>
       <c t="s" r="H180" s="12">
-        <v>173</v>
-[...2 lines deleted...]
-    <row r="181" ht="32.25" customHeight="1">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="181" ht="22.5" customHeight="1">
       <c t="s" r="A181" s="8">
-        <v>166</v>
+        <v>383</v>
       </c>
       <c t="s" r="B181" s="9">
-        <v>167</v>
+        <v>384</v>
       </c>
       <c t="s" r="C181" s="9">
-        <v>367</v>
+        <v>389</v>
       </c>
       <c t="s" r="D181" s="9">
-        <v>365</v>
+        <v>386</v>
       </c>
       <c r="E181" s="9"/>
       <c t="s" r="F181" s="10">
-        <v>368</v>
+        <v>40</v>
       </c>
       <c t="s" r="G181" s="10">
-        <v>369</v>
+        <v>387</v>
       </c>
       <c t="s" r="H181" s="9">
-        <v>370</v>
-[...2 lines deleted...]
-    <row r="182" ht="32.25" customHeight="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="182" ht="21.75" customHeight="1">
       <c t="s" r="A182" s="11">
-        <v>166</v>
+        <v>383</v>
       </c>
       <c t="s" r="B182" s="12">
-        <v>174</v>
+        <v>384</v>
       </c>
       <c t="s" r="C182" s="12">
-        <v>371</v>
+        <v>391</v>
       </c>
       <c t="s" r="D182" s="12">
-        <v>365</v>
+        <v>386</v>
       </c>
       <c r="E182" s="12"/>
       <c t="s" r="F182" s="13">
-        <v>368</v>
+        <v>40</v>
       </c>
       <c t="s" r="G182" s="13">
-        <v>369</v>
+        <v>387</v>
       </c>
       <c t="s" r="H182" s="12">
-        <v>372</v>
-[...2 lines deleted...]
-    <row r="183" ht="51.75" customHeight="1">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="183" ht="22.5" customHeight="1">
       <c t="s" r="A183" s="8">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B183" s="9">
-        <v>174</v>
+        <v>384</v>
       </c>
       <c t="s" r="C183" s="9">
-        <v>373</v>
+        <v>393</v>
       </c>
       <c t="s" r="D183" s="9">
-        <v>365</v>
+        <v>386</v>
       </c>
       <c r="E183" s="9"/>
       <c t="s" r="F183" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G183" s="10">
-        <v>27</v>
+        <v>387</v>
       </c>
       <c t="s" r="H183" s="9">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="184" ht="52.5" customHeight="1">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="184" ht="21.75" customHeight="1">
       <c t="s" r="A184" s="11">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B184" s="12">
-        <v>179</v>
+        <v>384</v>
       </c>
       <c t="s" r="C184" s="12">
-        <v>374</v>
+        <v>394</v>
       </c>
       <c t="s" r="D184" s="12">
-        <v>365</v>
+        <v>386</v>
       </c>
       <c r="E184" s="12"/>
       <c t="s" r="F184" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G184" s="13">
-        <v>27</v>
+        <v>387</v>
       </c>
       <c t="s" r="H184" s="12">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="185" ht="51.75" customHeight="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="185" ht="22.5" customHeight="1">
       <c t="s" r="A185" s="8">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B185" s="9">
-        <v>185</v>
+        <v>384</v>
       </c>
       <c t="s" r="C185" s="9">
-        <v>375</v>
+        <v>396</v>
       </c>
       <c t="s" r="D185" s="9">
-        <v>365</v>
+        <v>386</v>
       </c>
       <c r="E185" s="9"/>
       <c t="s" r="F185" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G185" s="10">
-        <v>27</v>
+        <v>387</v>
       </c>
       <c t="s" r="H185" s="9">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="186" ht="51.75" customHeight="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="186" ht="21.75" customHeight="1">
       <c t="s" r="A186" s="11">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B186" s="12">
-        <v>325</v>
+        <v>384</v>
       </c>
       <c t="s" r="C186" s="12">
-        <v>376</v>
+        <v>397</v>
       </c>
       <c t="s" r="D186" s="12">
-        <v>365</v>
+        <v>386</v>
       </c>
       <c r="E186" s="12"/>
       <c t="s" r="F186" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G186" s="13">
-        <v>27</v>
+        <v>387</v>
       </c>
       <c t="s" r="H186" s="12">
-        <v>329</v>
-[...2 lines deleted...]
-    <row r="187" ht="52.5" customHeight="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="187" ht="22.5" customHeight="1">
       <c t="s" r="A187" s="8">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B187" s="9">
-        <v>185</v>
+        <v>384</v>
       </c>
       <c t="s" r="C187" s="9">
-        <v>377</v>
+        <v>399</v>
       </c>
       <c t="s" r="D187" s="9">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="E187" s="9"/>
       <c t="s" r="F187" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G187" s="10">
-        <v>27</v>
+        <v>387</v>
       </c>
       <c t="s" r="H187" s="9">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="188" ht="51.75" customHeight="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="188" ht="22.5" customHeight="1">
       <c t="s" r="A188" s="11">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B188" s="12">
-        <v>325</v>
+        <v>384</v>
       </c>
       <c t="s" r="C188" s="12">
-        <v>379</v>
+        <v>401</v>
       </c>
       <c t="s" r="D188" s="12">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="E188" s="12"/>
       <c t="s" r="F188" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G188" s="13">
-        <v>27</v>
+        <v>387</v>
       </c>
       <c t="s" r="H188" s="12">
-        <v>329</v>
-[...2 lines deleted...]
-    <row r="189" ht="22.5" customHeight="1">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="189" ht="21.75" customHeight="1">
       <c t="s" r="A189" s="8">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c t="s" r="B189" s="9">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c t="s" r="C189" s="9">
-        <v>382</v>
+        <v>403</v>
       </c>
       <c t="s" r="D189" s="9">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="E189" s="9"/>
       <c t="s" r="F189" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G189" s="10">
-        <v>384</v>
-[...3 lines deleted...]
-    <row r="190" ht="21.75" customHeight="1">
+        <v>387</v>
+      </c>
+      <c t="s" r="H189" s="9">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="190" ht="22.5" customHeight="1">
       <c t="s" r="A190" s="11">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c t="s" r="B190" s="12">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c t="s" r="C190" s="12">
-        <v>385</v>
+        <v>404</v>
       </c>
       <c t="s" r="D190" s="12">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="E190" s="12"/>
       <c t="s" r="F190" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G190" s="13">
-        <v>384</v>
-[...3 lines deleted...]
-    <row r="191" ht="72" customHeight="1">
+        <v>387</v>
+      </c>
+      <c t="s" r="H190" s="12">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="191" ht="21.75" customHeight="1">
       <c t="s" r="A191" s="8">
-        <v>247</v>
+        <v>383</v>
       </c>
       <c t="s" r="B191" s="9">
-        <v>248</v>
+        <v>384</v>
       </c>
       <c t="s" r="C191" s="9">
+        <v>405</v>
+      </c>
+      <c t="s" r="D191" s="9">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E191" s="9"/>
       <c t="s" r="F191" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G191" s="10">
-        <v>52</v>
+        <v>387</v>
       </c>
       <c t="s" r="H191" s="9">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="192" ht="32.25" customHeight="1">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="192" ht="22.5" customHeight="1">
       <c t="s" r="A192" s="11">
-        <v>219</v>
+        <v>383</v>
       </c>
       <c t="s" r="B192" s="12">
-        <v>220</v>
+        <v>384</v>
       </c>
       <c t="s" r="C192" s="12">
-        <v>388</v>
+        <v>406</v>
       </c>
       <c t="s" r="D192" s="12">
-        <v>30</v>
+        <v>386</v>
       </c>
       <c r="E192" s="12"/>
       <c t="s" r="F192" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G192" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="193" ht="32.25" customHeight="1">
+        <v>387</v>
+      </c>
+      <c t="s" r="H192" s="12">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="193" ht="21.75" customHeight="1">
       <c t="s" r="A193" s="8">
-        <v>219</v>
+        <v>383</v>
       </c>
       <c t="s" r="B193" s="9">
-        <v>220</v>
+        <v>384</v>
       </c>
       <c t="s" r="C193" s="9">
-        <v>389</v>
+        <v>408</v>
       </c>
       <c t="s" r="D193" s="9">
-        <v>30</v>
+        <v>386</v>
       </c>
       <c r="E193" s="9"/>
       <c t="s" r="F193" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G193" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="194" ht="32.25" customHeight="1">
+        <v>387</v>
+      </c>
+      <c t="s" r="H193" s="9">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="194" ht="22.5" customHeight="1">
       <c t="s" r="A194" s="11">
-        <v>219</v>
+        <v>383</v>
       </c>
       <c t="s" r="B194" s="12">
-        <v>220</v>
+        <v>384</v>
       </c>
       <c t="s" r="C194" s="12">
-        <v>390</v>
+        <v>410</v>
       </c>
       <c t="s" r="D194" s="12">
-        <v>30</v>
+        <v>386</v>
       </c>
       <c r="E194" s="12"/>
       <c t="s" r="F194" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G194" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="195" ht="31.5" customHeight="1">
+        <v>387</v>
+      </c>
+      <c t="s" r="H194" s="12">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="195" ht="51.75" customHeight="1">
       <c t="s" r="A195" s="8">
-        <v>219</v>
+        <v>12</v>
       </c>
       <c t="s" r="B195" s="9">
-        <v>220</v>
+        <v>13</v>
       </c>
       <c t="s" r="C195" s="9">
-        <v>391</v>
+        <v>412</v>
       </c>
       <c t="s" r="D195" s="9">
-        <v>30</v>
+        <v>386</v>
       </c>
       <c r="E195" s="9"/>
       <c t="s" r="F195" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G195" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="196" ht="52.5" customHeight="1">
+        <v>413</v>
+      </c>
+      <c t="s" r="H195" s="9">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="196" ht="22.5" customHeight="1">
       <c t="s" r="A196" s="11">
-        <v>392</v>
+        <v>77</v>
       </c>
       <c t="s" r="B196" s="12">
-        <v>393</v>
+        <v>78</v>
       </c>
       <c t="s" r="C196" s="12">
-        <v>394</v>
+        <v>415</v>
       </c>
       <c t="s" r="D196" s="12">
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="E196" s="12"/>
       <c t="s" r="F196" s="13">
-        <v>396</v>
-[...4 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c t="s" r="G196" s="13">
+        <v>416</v>
+      </c>
+      <c r="H196" s="15"/>
     </row>
     <row r="197" ht="51.75" customHeight="1">
       <c t="s" r="A197" s="8">
-        <v>398</v>
+        <v>12</v>
       </c>
       <c t="s" r="B197" s="9">
-        <v>399</v>
+        <v>13</v>
       </c>
       <c t="s" r="C197" s="9">
-        <v>400</v>
+        <v>417</v>
       </c>
       <c t="s" r="D197" s="9">
-        <v>395</v>
+        <v>418</v>
       </c>
       <c r="E197" s="9"/>
       <c t="s" r="F197" s="10">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="G197" s="10"/>
+        <v>16</v>
+      </c>
+      <c t="s" r="G197" s="10">
+        <v>31</v>
+      </c>
       <c t="s" r="H197" s="9">
-        <v>401</v>
-[...2 lines deleted...]
-    <row r="198" ht="52.5" customHeight="1">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="198" ht="22.5" customHeight="1">
       <c t="s" r="A198" s="11">
-        <v>398</v>
+        <v>119</v>
       </c>
       <c t="s" r="B198" s="12">
-        <v>399</v>
+        <v>120</v>
       </c>
       <c t="s" r="C198" s="12">
-        <v>402</v>
+        <v>419</v>
       </c>
       <c t="s" r="D198" s="12">
-        <v>403</v>
+        <v>420</v>
       </c>
       <c r="E198" s="12"/>
       <c t="s" r="F198" s="13">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="G198" s="13"/>
+        <v>16</v>
+      </c>
+      <c t="s" r="G198" s="13">
+        <v>421</v>
+      </c>
       <c t="s" r="H198" s="12">
-        <v>404</v>
-[...2 lines deleted...]
-    <row r="199" ht="81.75" customHeight="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="199" ht="21.75" customHeight="1">
       <c t="s" r="A199" s="8">
-        <v>392</v>
+        <v>119</v>
       </c>
       <c t="s" r="B199" s="9">
-        <v>393</v>
+        <v>120</v>
       </c>
       <c t="s" r="C199" s="9">
-        <v>405</v>
+        <v>422</v>
       </c>
       <c t="s" r="D199" s="9">
-        <v>406</v>
+        <v>420</v>
       </c>
       <c r="E199" s="9"/>
       <c t="s" r="F199" s="10">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="G199" s="10"/>
+        <v>16</v>
+      </c>
+      <c t="s" r="G199" s="10">
+        <v>421</v>
+      </c>
       <c t="s" r="H199" s="9">
-        <v>407</v>
-[...2 lines deleted...]
-    <row r="200" ht="62.25" customHeight="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="200" ht="22.5" customHeight="1">
       <c t="s" r="A200" s="11">
-        <v>398</v>
+        <v>119</v>
       </c>
       <c t="s" r="B200" s="12">
-        <v>399</v>
+        <v>125</v>
       </c>
       <c t="s" r="C200" s="12">
-        <v>408</v>
+        <v>423</v>
       </c>
       <c t="s" r="D200" s="12">
-        <v>406</v>
+        <v>420</v>
       </c>
       <c r="E200" s="12"/>
       <c t="s" r="F200" s="13">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="G200" s="13"/>
+        <v>16</v>
+      </c>
+      <c t="s" r="G200" s="13">
+        <v>421</v>
+      </c>
       <c t="s" r="H200" s="12">
-        <v>409</v>
-[...2 lines deleted...]
-    <row r="201" ht="61.5" customHeight="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="201" ht="21.75" customHeight="1">
       <c t="s" r="A201" s="8">
-        <v>398</v>
+        <v>119</v>
       </c>
       <c t="s" r="B201" s="9">
-        <v>399</v>
+        <v>130</v>
       </c>
       <c t="s" r="C201" s="9">
-        <v>410</v>
+        <v>424</v>
       </c>
       <c t="s" r="D201" s="9">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="E201" s="9"/>
       <c t="s" r="F201" s="10">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="G201" s="10"/>
+        <v>16</v>
+      </c>
+      <c t="s" r="G201" s="10">
+        <v>421</v>
+      </c>
       <c t="s" r="H201" s="9">
-        <v>412</v>
-[...2 lines deleted...]
-    <row r="202" ht="42" customHeight="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="202" ht="22.5" customHeight="1">
       <c t="s" r="A202" s="11">
-        <v>413</v>
+        <v>119</v>
       </c>
       <c t="s" r="B202" s="12">
-        <v>414</v>
+        <v>130</v>
       </c>
       <c t="s" r="C202" s="12">
-        <v>415</v>
+        <v>425</v>
       </c>
       <c t="s" r="D202" s="12">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="E202" s="12"/>
       <c t="s" r="F202" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G202" s="13">
-        <v>31</v>
+        <v>421</v>
       </c>
       <c t="s" r="H202" s="12">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="203" ht="32.25" customHeight="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="203" ht="22.5" customHeight="1">
       <c t="s" r="A203" s="8">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c t="s" r="B203" s="9">
-        <v>113</v>
+        <v>135</v>
       </c>
       <c t="s" r="C203" s="9">
-        <v>418</v>
+        <v>426</v>
       </c>
       <c t="s" r="D203" s="9">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E203" s="9"/>
       <c t="s" r="F203" s="10">
-        <v>216</v>
+        <v>16</v>
       </c>
       <c t="s" r="G203" s="10">
-        <v>217</v>
-[...3 lines deleted...]
-    <row r="204" ht="32.25" customHeight="1">
+        <v>421</v>
+      </c>
+      <c t="s" r="H203" s="9">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="204" ht="18" customHeight="1">
       <c t="s" r="A204" s="11">
-        <v>112</v>
+        <v>144</v>
       </c>
       <c t="s" r="B204" s="12">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c t="s" r="C204" s="12">
+        <v>427</v>
+      </c>
+      <c t="s" r="D204" s="12">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="E204" s="12"/>
       <c t="s" r="F204" s="13">
-        <v>216</v>
+        <v>16</v>
       </c>
       <c t="s" r="G204" s="13">
-        <v>217</v>
-[...3 lines deleted...]
-    <row r="205" ht="32.25" customHeight="1">
+        <v>421</v>
+      </c>
+      <c t="s" r="H204" s="12">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="205" ht="72" customHeight="1">
       <c t="s" r="A205" s="8">
-        <v>112</v>
+        <v>353</v>
       </c>
       <c t="s" r="B205" s="9">
-        <v>113</v>
+        <v>354</v>
       </c>
       <c t="s" r="C205" s="9">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c t="s" r="D205" s="9">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="E205" s="9"/>
       <c t="s" r="F205" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G205" s="10">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c t="s" r="H205" s="9">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="206" ht="32.25" customHeight="1">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="206" ht="71.25" customHeight="1">
       <c t="s" r="A206" s="11">
-        <v>112</v>
+        <v>353</v>
       </c>
       <c t="s" r="B206" s="12">
-        <v>113</v>
+        <v>354</v>
       </c>
       <c t="s" r="C206" s="12">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c t="s" r="D206" s="12">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="E206" s="12"/>
       <c t="s" r="F206" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G206" s="13">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c t="s" r="H206" s="12">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="207" ht="31.5" customHeight="1">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="207" ht="22.5" customHeight="1">
       <c t="s" r="A207" s="8">
-        <v>112</v>
+        <v>383</v>
       </c>
       <c t="s" r="B207" s="9">
-        <v>113</v>
+        <v>384</v>
       </c>
       <c t="s" r="C207" s="9">
-        <v>424</v>
+        <v>434</v>
       </c>
       <c t="s" r="D207" s="9">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="E207" s="9"/>
       <c t="s" r="F207" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G207" s="10">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c t="s" r="H207" s="9">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="208" ht="32.25" customHeight="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="208" ht="22.5" customHeight="1">
       <c t="s" r="A208" s="11">
-        <v>112</v>
+        <v>383</v>
       </c>
       <c t="s" r="B208" s="12">
-        <v>113</v>
+        <v>384</v>
       </c>
       <c t="s" r="C208" s="12">
-        <v>425</v>
+        <v>436</v>
       </c>
       <c t="s" r="D208" s="12">
-        <v>419</v>
+        <v>429</v>
       </c>
       <c r="E208" s="12"/>
       <c t="s" r="F208" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G208" s="13">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c t="s" r="H208" s="12">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="209" ht="22.5" customHeight="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="209" ht="21.75" customHeight="1">
       <c t="s" r="A209" s="8">
-        <v>426</v>
+        <v>383</v>
       </c>
       <c t="s" r="B209" s="9">
-        <v>427</v>
+        <v>384</v>
       </c>
       <c t="s" r="C209" s="9">
-        <v>428</v>
+        <v>438</v>
       </c>
       <c t="s" r="D209" s="9">
         <v>429</v>
       </c>
       <c r="E209" s="9"/>
       <c t="s" r="F209" s="10">
+        <v>16</v>
+      </c>
+      <c t="s" r="G209" s="10">
         <v>430</v>
       </c>
-      <c t="s" r="G209" s="10">
-[...1 lines deleted...]
-      </c>
       <c t="s" r="H209" s="9">
-        <v>431</v>
-[...2 lines deleted...]
-    <row r="210" ht="21.75" customHeight="1">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="210" ht="22.5" customHeight="1">
       <c t="s" r="A210" s="11">
-        <v>95</v>
+        <v>383</v>
       </c>
       <c t="s" r="B210" s="12">
-        <v>96</v>
+        <v>384</v>
       </c>
       <c t="s" r="C210" s="12">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c t="s" r="D210" s="12">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="E210" s="12"/>
       <c t="s" r="F210" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G210" s="13">
-        <v>434</v>
-[...3 lines deleted...]
-    <row r="211" ht="42.75" customHeight="1">
+        <v>430</v>
+      </c>
+      <c t="s" r="H210" s="12">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="211" ht="21.75" customHeight="1">
       <c t="s" r="A211" s="8">
-        <v>413</v>
+        <v>383</v>
       </c>
       <c t="s" r="B211" s="9">
-        <v>414</v>
+        <v>384</v>
       </c>
       <c t="s" r="C211" s="9">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c t="s" r="D211" s="9">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="E211" s="9"/>
       <c t="s" r="F211" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G211" s="10">
-        <v>31</v>
+        <v>430</v>
       </c>
       <c t="s" r="H211" s="9">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="212" ht="51.75" customHeight="1">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="212" ht="22.5" customHeight="1">
       <c t="s" r="A212" s="11">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B212" s="12">
-        <v>179</v>
+        <v>384</v>
       </c>
       <c t="s" r="C212" s="12">
-        <v>437</v>
+        <v>444</v>
       </c>
       <c t="s" r="D212" s="12">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="E212" s="12"/>
       <c t="s" r="F212" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G212" s="13">
-        <v>27</v>
+        <v>430</v>
       </c>
       <c t="s" r="H212" s="12">
-        <v>183</v>
-[...2 lines deleted...]
-    <row r="213" ht="51.75" customHeight="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="213" ht="21.75" customHeight="1">
       <c t="s" r="A213" s="8">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B213" s="9">
-        <v>185</v>
+        <v>384</v>
       </c>
       <c t="s" r="C213" s="9">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c t="s" r="D213" s="9">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="E213" s="9"/>
       <c t="s" r="F213" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G213" s="10">
-        <v>27</v>
+        <v>430</v>
       </c>
       <c t="s" r="H213" s="9">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="214" ht="52.5" customHeight="1">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="214" ht="22.5" customHeight="1">
       <c t="s" r="A214" s="11">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B214" s="12">
-        <v>185</v>
+        <v>384</v>
       </c>
       <c t="s" r="C214" s="12">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c t="s" r="D214" s="12">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="E214" s="12"/>
       <c t="s" r="F214" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G214" s="13">
-        <v>27</v>
+        <v>430</v>
       </c>
       <c t="s" r="H214" s="12">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="215" ht="51.75" customHeight="1">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="215" ht="21.75" customHeight="1">
       <c t="s" r="A215" s="8">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B215" s="9">
-        <v>325</v>
+        <v>384</v>
       </c>
       <c t="s" r="C215" s="9">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c t="s" r="D215" s="9">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="E215" s="9"/>
       <c t="s" r="F215" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G215" s="10">
-        <v>27</v>
+        <v>430</v>
       </c>
       <c t="s" r="H215" s="9">
-        <v>329</v>
-[...2 lines deleted...]
-    <row r="216" ht="51.75" customHeight="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="216" ht="22.5" customHeight="1">
       <c t="s" r="A216" s="11">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B216" s="12">
-        <v>442</v>
+        <v>384</v>
       </c>
       <c t="s" r="C216" s="12">
-        <v>443</v>
+        <v>451</v>
       </c>
       <c t="s" r="D216" s="12">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="E216" s="12"/>
       <c t="s" r="F216" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G216" s="13">
-        <v>27</v>
+        <v>430</v>
       </c>
       <c t="s" r="H216" s="12">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="217" ht="52.5" customHeight="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="217" ht="22.5" customHeight="1">
       <c t="s" r="A217" s="8">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c t="s" r="B217" s="9">
-        <v>393</v>
+        <v>384</v>
       </c>
       <c t="s" r="C217" s="9">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c t="s" r="D217" s="9">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="E217" s="9"/>
       <c t="s" r="F217" s="10">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="G217" s="10"/>
+        <v>40</v>
+      </c>
+      <c t="s" r="G217" s="10">
+        <v>430</v>
+      </c>
       <c t="s" r="H217" s="9">
-        <v>447</v>
-[...2 lines deleted...]
-    <row r="218" ht="42" customHeight="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="218" ht="21.75" customHeight="1">
       <c t="s" r="A218" s="11">
-        <v>413</v>
+        <v>383</v>
       </c>
       <c t="s" r="B218" s="12">
-        <v>414</v>
+        <v>384</v>
       </c>
       <c t="s" r="C218" s="12">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c t="s" r="D218" s="12">
-        <v>449</v>
+        <v>429</v>
       </c>
       <c r="E218" s="12"/>
       <c t="s" r="F218" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G218" s="13">
-        <v>272</v>
+        <v>430</v>
       </c>
       <c t="s" r="H218" s="12">
-        <v>450</v>
-[...2 lines deleted...]
-    <row r="219" ht="21.75" customHeight="1">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="219" ht="22.5" customHeight="1">
       <c t="s" r="A219" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B219" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C219" s="9">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c t="s" r="D219" s="9">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E219" s="9"/>
       <c t="s" r="F219" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G219" s="10">
-        <v>27</v>
+        <v>430</v>
       </c>
       <c t="s" r="H219" s="9">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="220" ht="22.5" customHeight="1">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="220" ht="21.75" customHeight="1">
       <c t="s" r="A220" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B220" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C220" s="12">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c t="s" r="D220" s="12">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E220" s="12"/>
       <c t="s" r="F220" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G220" s="13">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H220" s="12">
         <v>458</v>
       </c>
     </row>
     <row r="221" ht="22.5" customHeight="1">
       <c t="s" r="A221" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B221" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C221" s="9">
         <v>459</v>
       </c>
       <c t="s" r="D221" s="9">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E221" s="9"/>
       <c t="s" r="F221" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G221" s="10">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H221" s="9">
-        <v>460</v>
+        <v>458</v>
       </c>
     </row>
     <row r="222" ht="21.75" customHeight="1">
       <c t="s" r="A222" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B222" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C222" s="12">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c t="s" r="D222" s="12">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E222" s="12"/>
       <c t="s" r="F222" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G222" s="13">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H222" s="12">
-        <v>462</v>
+        <v>458</v>
       </c>
     </row>
     <row r="223" ht="22.5" customHeight="1">
       <c t="s" r="A223" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B223" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C223" s="9">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c t="s" r="D223" s="9">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E223" s="9"/>
       <c t="s" r="F223" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G223" s="10">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H223" s="9">
-        <v>462</v>
+        <v>458</v>
       </c>
     </row>
     <row r="224" ht="21.75" customHeight="1">
       <c t="s" r="A224" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B224" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C224" s="12">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c t="s" r="D224" s="12">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E224" s="12"/>
       <c t="s" r="F224" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G224" s="13">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H224" s="12">
-        <v>465</v>
+        <v>458</v>
       </c>
     </row>
     <row r="225" ht="22.5" customHeight="1">
       <c t="s" r="A225" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B225" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C225" s="9">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c t="s" r="D225" s="9">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E225" s="9"/>
       <c t="s" r="F225" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G225" s="10">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H225" s="9">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="226" ht="21.75" customHeight="1">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="226" ht="22.5" customHeight="1">
       <c t="s" r="A226" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B226" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C226" s="12">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c t="s" r="D226" s="12">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E226" s="12"/>
       <c t="s" r="F226" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G226" s="13">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H226" s="12">
-        <v>468</v>
-[...2 lines deleted...]
-    <row r="227" ht="22.5" customHeight="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="227" ht="21.75" customHeight="1">
       <c t="s" r="A227" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B227" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C227" s="9">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c t="s" r="D227" s="9">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E227" s="9"/>
       <c t="s" r="F227" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G227" s="10">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H227" s="9">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="228" ht="21.75" customHeight="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="228" ht="22.5" customHeight="1">
       <c t="s" r="A228" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B228" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C228" s="12">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c t="s" r="D228" s="12">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E228" s="12"/>
       <c t="s" r="F228" s="13">
-        <v>40</v>
+        <v>468</v>
       </c>
       <c t="s" r="G228" s="13">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H228" s="12">
-        <v>472</v>
-[...2 lines deleted...]
-    <row r="229" ht="22.5" customHeight="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="229" ht="21.75" customHeight="1">
       <c t="s" r="A229" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B229" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C229" s="9">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c t="s" r="D229" s="9">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E229" s="9"/>
       <c t="s" r="F229" s="10">
-        <v>40</v>
+        <v>468</v>
       </c>
       <c t="s" r="G229" s="10">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H229" s="9">
-        <v>472</v>
+        <v>470</v>
       </c>
     </row>
     <row r="230" ht="22.5" customHeight="1">
       <c t="s" r="A230" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B230" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C230" s="12">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c t="s" r="D230" s="12">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E230" s="12"/>
       <c t="s" r="F230" s="13">
-        <v>40</v>
+        <v>468</v>
       </c>
       <c t="s" r="G230" s="13">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H230" s="12">
         <v>472</v>
       </c>
     </row>
     <row r="231" ht="21.75" customHeight="1">
       <c t="s" r="A231" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B231" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C231" s="9">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c t="s" r="D231" s="9">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E231" s="9"/>
       <c t="s" r="F231" s="10">
-        <v>40</v>
+        <v>468</v>
       </c>
       <c t="s" r="G231" s="10">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H231" s="9">
         <v>472</v>
       </c>
     </row>
     <row r="232" ht="22.5" customHeight="1">
       <c t="s" r="A232" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B232" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C232" s="12">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c t="s" r="D232" s="12">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E232" s="12"/>
       <c t="s" r="F232" s="13">
-        <v>40</v>
+        <v>468</v>
       </c>
       <c t="s" r="G232" s="13">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H232" s="12">
-        <v>477</v>
+        <v>447</v>
       </c>
     </row>
     <row r="233" ht="21.75" customHeight="1">
       <c t="s" r="A233" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B233" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C233" s="9">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c t="s" r="D233" s="9">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E233" s="9"/>
       <c t="s" r="F233" s="10">
-        <v>40</v>
+        <v>476</v>
       </c>
       <c t="s" r="G233" s="10">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H233" s="9">
-        <v>479</v>
+        <v>435</v>
       </c>
     </row>
     <row r="234" ht="22.5" customHeight="1">
       <c t="s" r="A234" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B234" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C234" s="12">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c t="s" r="D234" s="12">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E234" s="12"/>
       <c t="s" r="F234" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G234" s="13">
-        <v>457</v>
+        <v>430</v>
       </c>
       <c t="s" r="H234" s="12">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="235" ht="51.75" customHeight="1">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="235" ht="22.5" customHeight="1">
       <c t="s" r="A235" s="8">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B235" s="9">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C235" s="9">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c t="s" r="D235" s="9">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E235" s="9"/>
       <c t="s" r="F235" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G235" s="10">
-        <v>483</v>
+        <v>430</v>
       </c>
       <c t="s" r="H235" s="9">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="236" ht="52.5" customHeight="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="236" ht="21.75" customHeight="1">
       <c t="s" r="A236" s="11">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B236" s="12">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C236" s="12">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c t="s" r="D236" s="12">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E236" s="12"/>
       <c t="s" r="F236" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G236" s="13">
-        <v>27</v>
+        <v>430</v>
       </c>
       <c t="s" r="H236" s="12">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="237" ht="51.75" customHeight="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="237" ht="22.5" customHeight="1">
       <c t="s" r="A237" s="8">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B237" s="9">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C237" s="9">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c t="s" r="D237" s="9">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E237" s="9"/>
       <c t="s" r="F237" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G237" s="10">
-        <v>27</v>
+        <v>430</v>
       </c>
       <c t="s" r="H237" s="9">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="238" ht="51.75" customHeight="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="238" ht="21.75" customHeight="1">
       <c t="s" r="A238" s="11">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B238" s="12">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C238" s="12">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c t="s" r="D238" s="12">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E238" s="12"/>
       <c t="s" r="F238" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G238" s="13">
-        <v>27</v>
+        <v>430</v>
       </c>
       <c t="s" r="H238" s="12">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="239" ht="62.25" customHeight="1">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="239" ht="22.5" customHeight="1">
       <c t="s" r="A239" s="8">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B239" s="9">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C239" s="9">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c t="s" r="D239" s="9">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E239" s="9"/>
       <c t="s" r="F239" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G239" s="10">
-        <v>27</v>
+        <v>430</v>
       </c>
       <c t="s" r="H239" s="9">
-        <v>490</v>
-[...2 lines deleted...]
-    <row r="240" ht="22.5" customHeight="1">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="240" ht="21.75" customHeight="1">
       <c t="s" r="A240" s="11">
-        <v>95</v>
+        <v>383</v>
       </c>
       <c t="s" r="B240" s="12">
-        <v>96</v>
+        <v>384</v>
       </c>
       <c t="s" r="C240" s="12">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c t="s" r="D240" s="12">
-        <v>454</v>
+        <v>429</v>
       </c>
       <c r="E240" s="12"/>
       <c t="s" r="F240" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G240" s="13">
-        <v>492</v>
-[...3 lines deleted...]
-    <row r="241" ht="51.75" customHeight="1">
+        <v>430</v>
+      </c>
+      <c t="s" r="H240" s="12">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="241" ht="22.5" customHeight="1">
       <c t="s" r="A241" s="8">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B241" s="9">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C241" s="9">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c t="s" r="D241" s="9">
-        <v>494</v>
+        <v>429</v>
       </c>
       <c r="E241" s="9"/>
       <c t="s" r="F241" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G241" s="10">
-        <v>31</v>
+        <v>430</v>
       </c>
       <c t="s" r="H241" s="9">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="242" ht="22.5" customHeight="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="242" ht="21.75" customHeight="1">
       <c t="s" r="A242" s="11">
-        <v>137</v>
+        <v>383</v>
       </c>
       <c t="s" r="B242" s="12">
-        <v>138</v>
+        <v>384</v>
       </c>
       <c t="s" r="C242" s="12">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c t="s" r="D242" s="12">
-        <v>496</v>
+        <v>429</v>
       </c>
       <c r="E242" s="12"/>
       <c t="s" r="F242" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G242" s="13">
-        <v>497</v>
+        <v>430</v>
       </c>
       <c t="s" r="H242" s="12">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="243" ht="21.75" customHeight="1">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="243" ht="22.5" customHeight="1">
       <c t="s" r="A243" s="8">
-        <v>137</v>
+        <v>383</v>
       </c>
       <c t="s" r="B243" s="9">
-        <v>138</v>
+        <v>384</v>
       </c>
       <c t="s" r="C243" s="9">
-        <v>498</v>
+        <v>489</v>
       </c>
       <c t="s" r="D243" s="9">
-        <v>496</v>
+        <v>429</v>
       </c>
       <c r="E243" s="9"/>
       <c t="s" r="F243" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G243" s="10">
-        <v>497</v>
+        <v>430</v>
       </c>
       <c t="s" r="H243" s="9">
-        <v>140</v>
+        <v>437</v>
       </c>
     </row>
     <row r="244" ht="22.5" customHeight="1">
       <c t="s" r="A244" s="11">
-        <v>137</v>
+        <v>383</v>
       </c>
       <c t="s" r="B244" s="12">
-        <v>143</v>
+        <v>384</v>
       </c>
       <c t="s" r="C244" s="12">
-        <v>499</v>
+        <v>490</v>
       </c>
       <c t="s" r="D244" s="12">
-        <v>496</v>
+        <v>429</v>
       </c>
       <c r="E244" s="12"/>
       <c t="s" r="F244" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G244" s="13">
-        <v>497</v>
+        <v>430</v>
       </c>
       <c t="s" r="H244" s="12">
-        <v>145</v>
+        <v>437</v>
       </c>
     </row>
     <row r="245" ht="21.75" customHeight="1">
       <c t="s" r="A245" s="8">
-        <v>137</v>
+        <v>383</v>
       </c>
       <c t="s" r="B245" s="9">
-        <v>148</v>
+        <v>384</v>
       </c>
       <c t="s" r="C245" s="9">
-        <v>500</v>
+        <v>491</v>
       </c>
       <c t="s" r="D245" s="9">
-        <v>496</v>
+        <v>429</v>
       </c>
       <c r="E245" s="9"/>
       <c t="s" r="F245" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G245" s="10">
-        <v>497</v>
+        <v>430</v>
       </c>
       <c t="s" r="H245" s="9">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="246" ht="22.5" customHeight="1">
       <c t="s" r="A246" s="11">
-        <v>137</v>
+        <v>383</v>
       </c>
       <c t="s" r="B246" s="12">
-        <v>148</v>
+        <v>384</v>
       </c>
       <c t="s" r="C246" s="12">
-        <v>501</v>
+        <v>492</v>
       </c>
       <c t="s" r="D246" s="12">
-        <v>496</v>
+        <v>429</v>
       </c>
       <c r="E246" s="12"/>
       <c t="s" r="F246" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G246" s="13">
-        <v>497</v>
+        <v>430</v>
       </c>
       <c t="s" r="H246" s="12">
-        <v>150</v>
+        <v>493</v>
       </c>
     </row>
     <row r="247" ht="21.75" customHeight="1">
       <c t="s" r="A247" s="8">
-        <v>137</v>
+        <v>383</v>
       </c>
       <c t="s" r="B247" s="9">
-        <v>153</v>
+        <v>384</v>
       </c>
       <c t="s" r="C247" s="9">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c t="s" r="D247" s="9">
-        <v>496</v>
+        <v>429</v>
       </c>
       <c r="E247" s="9"/>
       <c t="s" r="F247" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G247" s="10">
-        <v>497</v>
+        <v>430</v>
       </c>
       <c t="s" r="H247" s="9">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="248" ht="18" customHeight="1">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="248" ht="22.5" customHeight="1">
       <c t="s" r="A248" s="11">
-        <v>161</v>
+        <v>383</v>
       </c>
       <c t="s" r="B248" s="12">
-        <v>162</v>
+        <v>384</v>
       </c>
       <c t="s" r="C248" s="12">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c t="s" r="D248" s="12">
-        <v>496</v>
+        <v>429</v>
       </c>
       <c r="E248" s="12"/>
       <c t="s" r="F248" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G248" s="13">
+        <v>430</v>
+      </c>
+      <c t="s" r="H248" s="12">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="249" ht="21.75" customHeight="1">
+      <c t="s" r="A249" s="8">
+        <v>383</v>
+      </c>
+      <c t="s" r="B249" s="9">
+        <v>384</v>
+      </c>
+      <c t="s" r="C249" s="9">
         <v>497</v>
       </c>
-      <c t="s" r="H248" s="12">
-[...12 lines deleted...]
-      </c>
       <c t="s" r="D249" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E249" s="9"/>
       <c t="s" r="F249" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G249" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H249" s="9">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="250" ht="72" customHeight="1">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="250" ht="22.5" customHeight="1">
       <c t="s" r="A250" s="11">
-        <v>413</v>
+        <v>383</v>
       </c>
       <c t="s" r="B250" s="12">
-        <v>414</v>
+        <v>384</v>
       </c>
       <c t="s" r="C250" s="12">
-        <v>508</v>
+        <v>498</v>
       </c>
       <c t="s" r="D250" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E250" s="12"/>
       <c t="s" r="F250" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G250" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H250" s="12">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="251" ht="22.5" customHeight="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="251" ht="21.75" customHeight="1">
       <c t="s" r="A251" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B251" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C251" s="9">
-        <v>510</v>
+        <v>499</v>
       </c>
       <c t="s" r="D251" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E251" s="9"/>
       <c t="s" r="F251" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G251" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H251" s="9">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="252" ht="21.75" customHeight="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="252" ht="22.5" customHeight="1">
       <c t="s" r="A252" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B252" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C252" s="12">
-        <v>512</v>
+        <v>500</v>
       </c>
       <c t="s" r="D252" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E252" s="12"/>
       <c t="s" r="F252" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G252" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H252" s="12">
-        <v>513</v>
+        <v>501</v>
       </c>
     </row>
     <row r="253" ht="22.5" customHeight="1">
       <c t="s" r="A253" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B253" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C253" s="9">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c t="s" r="D253" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E253" s="9"/>
       <c t="s" r="F253" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G253" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H253" s="9">
-        <v>515</v>
+        <v>501</v>
       </c>
     </row>
     <row r="254" ht="21.75" customHeight="1">
       <c t="s" r="A254" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B254" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C254" s="12">
-        <v>516</v>
+        <v>503</v>
       </c>
       <c t="s" r="D254" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E254" s="12"/>
       <c t="s" r="F254" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G254" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H254" s="12">
-        <v>517</v>
+        <v>504</v>
       </c>
     </row>
     <row r="255" ht="22.5" customHeight="1">
       <c t="s" r="A255" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B255" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C255" s="9">
-        <v>518</v>
+        <v>505</v>
       </c>
       <c t="s" r="D255" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E255" s="9"/>
       <c t="s" r="F255" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G255" s="10">
+        <v>430</v>
+      </c>
+      <c t="s" r="H255" s="9">
         <v>506</v>
       </c>
-      <c t="s" r="H255" s="9">
-[...3 lines deleted...]
-    <row r="256" ht="22.5" customHeight="1">
+    </row>
+    <row r="256" ht="21.75" customHeight="1">
       <c t="s" r="A256" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B256" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C256" s="12">
-        <v>520</v>
+        <v>507</v>
       </c>
       <c t="s" r="D256" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E256" s="12"/>
       <c t="s" r="F256" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G256" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H256" s="12">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="257" ht="21.75" customHeight="1">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="257" ht="22.5" customHeight="1">
       <c t="s" r="A257" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B257" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C257" s="9">
-        <v>522</v>
+        <v>509</v>
       </c>
       <c t="s" r="D257" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E257" s="9"/>
       <c t="s" r="F257" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G257" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H257" s="9">
-        <v>523</v>
-[...2 lines deleted...]
-    <row r="258" ht="22.5" customHeight="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="258" ht="21.75" customHeight="1">
       <c t="s" r="A258" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B258" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C258" s="12">
-        <v>524</v>
+        <v>511</v>
       </c>
       <c t="s" r="D258" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E258" s="12"/>
       <c t="s" r="F258" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G258" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H258" s="12">
-        <v>458</v>
-[...2 lines deleted...]
-    <row r="259" ht="21.75" customHeight="1">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="259" ht="22.5" customHeight="1">
       <c t="s" r="A259" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B259" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C259" s="9">
-        <v>525</v>
+        <v>513</v>
       </c>
       <c t="s" r="D259" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E259" s="9"/>
       <c t="s" r="F259" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G259" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H259" s="9">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="260" ht="22.5" customHeight="1">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="260" ht="21.75" customHeight="1">
       <c t="s" r="A260" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B260" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C260" s="12">
-        <v>527</v>
+        <v>514</v>
       </c>
       <c t="s" r="D260" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E260" s="12"/>
       <c t="s" r="F260" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G260" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H260" s="12">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="261" ht="21.75" customHeight="1">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="261" ht="22.5" customHeight="1">
       <c t="s" r="A261" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B261" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C261" s="9">
-        <v>528</v>
+        <v>516</v>
       </c>
       <c t="s" r="D261" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E261" s="9"/>
       <c t="s" r="F261" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G261" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H261" s="9">
-        <v>511</v>
+        <v>515</v>
       </c>
     </row>
     <row r="262" ht="22.5" customHeight="1">
       <c t="s" r="A262" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B262" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C262" s="12">
-        <v>529</v>
+        <v>517</v>
       </c>
       <c t="s" r="D262" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E262" s="12"/>
       <c t="s" r="F262" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G262" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H262" s="12">
-        <v>530</v>
+        <v>518</v>
       </c>
     </row>
     <row r="263" ht="21.75" customHeight="1">
       <c t="s" r="A263" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B263" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C263" s="9">
-        <v>531</v>
+        <v>519</v>
       </c>
       <c t="s" r="D263" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E263" s="9"/>
       <c t="s" r="F263" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G263" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H263" s="9">
-        <v>532</v>
+        <v>518</v>
       </c>
     </row>
     <row r="264" ht="22.5" customHeight="1">
       <c t="s" r="A264" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B264" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C264" s="12">
-        <v>533</v>
+        <v>520</v>
       </c>
       <c t="s" r="D264" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E264" s="12"/>
       <c t="s" r="F264" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G264" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H264" s="12">
-        <v>455</v>
+        <v>518</v>
       </c>
     </row>
     <row r="265" ht="21.75" customHeight="1">
       <c t="s" r="A265" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B265" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C265" s="9">
-        <v>534</v>
+        <v>521</v>
       </c>
       <c t="s" r="D265" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E265" s="9"/>
       <c t="s" r="F265" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G265" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H265" s="9">
-        <v>455</v>
+        <v>522</v>
       </c>
     </row>
     <row r="266" ht="22.5" customHeight="1">
       <c t="s" r="A266" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B266" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C266" s="12">
-        <v>535</v>
+        <v>523</v>
       </c>
       <c t="s" r="D266" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E266" s="12"/>
       <c t="s" r="F266" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G266" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H266" s="12">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="267" ht="22.5" customHeight="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="267" ht="21.75" customHeight="1">
       <c t="s" r="A267" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B267" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C267" s="9">
-        <v>536</v>
+        <v>524</v>
       </c>
       <c t="s" r="D267" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E267" s="9"/>
       <c t="s" r="F267" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G267" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H267" s="9">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="268" ht="21.75" customHeight="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="268" ht="22.5" customHeight="1">
       <c t="s" r="A268" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B268" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C268" s="12">
-        <v>537</v>
+        <v>525</v>
       </c>
       <c t="s" r="D268" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E268" s="12"/>
       <c t="s" r="F268" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G268" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H268" s="12">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="269" ht="22.5" customHeight="1">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="269" ht="21.75" customHeight="1">
       <c t="s" r="A269" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B269" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C269" s="9">
-        <v>538</v>
+        <v>527</v>
       </c>
       <c t="s" r="D269" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E269" s="9"/>
       <c t="s" r="F269" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G269" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H269" s="9">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="270" ht="21.75" customHeight="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="270" ht="22.5" customHeight="1">
       <c t="s" r="A270" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B270" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C270" s="12">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c t="s" r="D270" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E270" s="12"/>
       <c t="s" r="F270" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G270" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H270" s="12">
-        <v>540</v>
+        <v>518</v>
       </c>
     </row>
     <row r="271" ht="22.5" customHeight="1">
       <c t="s" r="A271" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B271" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C271" s="9">
-        <v>541</v>
+        <v>529</v>
       </c>
       <c t="s" r="D271" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E271" s="9"/>
       <c t="s" r="F271" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G271" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H271" s="9">
-        <v>540</v>
+        <v>518</v>
       </c>
     </row>
     <row r="272" ht="21.75" customHeight="1">
       <c t="s" r="A272" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B272" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C272" s="12">
-        <v>542</v>
+        <v>530</v>
       </c>
       <c t="s" r="D272" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E272" s="12"/>
       <c t="s" r="F272" s="13">
-        <v>543</v>
+        <v>40</v>
       </c>
       <c t="s" r="G272" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H272" s="12">
-        <v>521</v>
+        <v>518</v>
       </c>
     </row>
     <row r="273" ht="22.5" customHeight="1">
       <c t="s" r="A273" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B273" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C273" s="9">
-        <v>544</v>
+        <v>531</v>
       </c>
       <c t="s" r="D273" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E273" s="9"/>
       <c t="s" r="F273" s="10">
-        <v>543</v>
+        <v>40</v>
       </c>
       <c t="s" r="G273" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H273" s="9">
-        <v>545</v>
+        <v>518</v>
       </c>
     </row>
     <row r="274" ht="21.75" customHeight="1">
       <c t="s" r="A274" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B274" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C274" s="12">
-        <v>546</v>
+        <v>532</v>
       </c>
       <c t="s" r="D274" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E274" s="12"/>
       <c t="s" r="F274" s="13">
-        <v>543</v>
+        <v>40</v>
       </c>
       <c t="s" r="G274" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H274" s="12">
-        <v>547</v>
+        <v>518</v>
       </c>
     </row>
     <row r="275" ht="22.5" customHeight="1">
       <c t="s" r="A275" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B275" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C275" s="9">
-        <v>548</v>
+        <v>533</v>
       </c>
       <c t="s" r="D275" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E275" s="9"/>
       <c t="s" r="F275" s="10">
-        <v>543</v>
+        <v>40</v>
       </c>
       <c t="s" r="G275" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H275" s="9">
-        <v>547</v>
-[...2 lines deleted...]
-    <row r="276" ht="22.5" customHeight="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="276" ht="21.75" customHeight="1">
       <c t="s" r="A276" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B276" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C276" s="12">
-        <v>549</v>
+        <v>534</v>
       </c>
       <c t="s" r="D276" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E276" s="12"/>
       <c t="s" r="F276" s="13">
-        <v>543</v>
+        <v>40</v>
       </c>
       <c t="s" r="G276" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H276" s="12">
-        <v>523</v>
-[...2 lines deleted...]
-    <row r="277" ht="21.75" customHeight="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="277" ht="22.5" customHeight="1">
       <c t="s" r="A277" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B277" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C277" s="9">
-        <v>550</v>
+        <v>536</v>
       </c>
       <c t="s" r="D277" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E277" s="9"/>
       <c t="s" r="F277" s="10">
-        <v>551</v>
+        <v>40</v>
       </c>
       <c t="s" r="G277" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H277" s="9">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="278" ht="22.5" customHeight="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="278" ht="21.75" customHeight="1">
       <c t="s" r="A278" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B278" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C278" s="12">
-        <v>552</v>
+        <v>537</v>
       </c>
       <c t="s" r="D278" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E278" s="12"/>
       <c t="s" r="F278" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G278" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H278" s="12">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="279" ht="21.75" customHeight="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="279" ht="22.5" customHeight="1">
       <c t="s" r="A279" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B279" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C279" s="9">
-        <v>554</v>
+        <v>538</v>
       </c>
       <c t="s" r="D279" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E279" s="9"/>
       <c t="s" r="F279" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G279" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H279" s="9">
-        <v>555</v>
+        <v>535</v>
       </c>
     </row>
     <row r="280" ht="22.5" customHeight="1">
       <c t="s" r="A280" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B280" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C280" s="12">
-        <v>556</v>
+        <v>539</v>
       </c>
       <c t="s" r="D280" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E280" s="12"/>
       <c t="s" r="F280" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G280" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H280" s="12">
-        <v>555</v>
+        <v>450</v>
       </c>
     </row>
     <row r="281" ht="21.75" customHeight="1">
       <c t="s" r="A281" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B281" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C281" s="9">
-        <v>557</v>
+        <v>540</v>
       </c>
       <c t="s" r="D281" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E281" s="9"/>
       <c t="s" r="F281" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G281" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H281" s="9">
-        <v>555</v>
+        <v>541</v>
       </c>
     </row>
     <row r="282" ht="22.5" customHeight="1">
       <c t="s" r="A282" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B282" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C282" s="12">
-        <v>558</v>
+        <v>542</v>
       </c>
       <c t="s" r="D282" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E282" s="12"/>
       <c t="s" r="F282" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G282" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H282" s="12">
-        <v>559</v>
+        <v>543</v>
       </c>
     </row>
     <row r="283" ht="21.75" customHeight="1">
       <c t="s" r="A283" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B283" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C283" s="9">
-        <v>560</v>
+        <v>544</v>
       </c>
       <c t="s" r="D283" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E283" s="9"/>
       <c t="s" r="F283" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G283" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H283" s="9">
-        <v>559</v>
+        <v>543</v>
       </c>
     </row>
     <row r="284" ht="22.5" customHeight="1">
       <c t="s" r="A284" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B284" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C284" s="12">
-        <v>561</v>
+        <v>545</v>
       </c>
       <c t="s" r="D284" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E284" s="12"/>
       <c t="s" r="F284" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G284" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H284" s="12">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="285" ht="22.5" customHeight="1">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="285" ht="21.75" customHeight="1">
       <c t="s" r="A285" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B285" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C285" s="9">
-        <v>562</v>
+        <v>547</v>
       </c>
       <c t="s" r="D285" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E285" s="9"/>
       <c t="s" r="F285" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G285" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H285" s="9">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="286" ht="21.75" customHeight="1">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="286" ht="22.5" customHeight="1">
       <c t="s" r="A286" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B286" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C286" s="12">
-        <v>563</v>
+        <v>548</v>
       </c>
       <c t="s" r="D286" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E286" s="12"/>
       <c t="s" r="F286" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G286" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H286" s="12">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="287" ht="22.5" customHeight="1">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="287" ht="21.75" customHeight="1">
       <c t="s" r="A287" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B287" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C287" s="9">
-        <v>564</v>
+        <v>550</v>
       </c>
       <c t="s" r="D287" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E287" s="9"/>
       <c t="s" r="F287" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G287" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H287" s="9">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="288" ht="21.75" customHeight="1">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="288" ht="22.5" customHeight="1">
       <c t="s" r="A288" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B288" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C288" s="12">
-        <v>565</v>
+        <v>551</v>
       </c>
       <c t="s" r="D288" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E288" s="12"/>
       <c t="s" r="F288" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G288" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H288" s="12">
-        <v>513</v>
+        <v>472</v>
       </c>
     </row>
     <row r="289" ht="22.5" customHeight="1">
       <c t="s" r="A289" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B289" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C289" s="9">
-        <v>566</v>
+        <v>552</v>
       </c>
       <c t="s" r="D289" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E289" s="9"/>
       <c t="s" r="F289" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G289" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H289" s="9">
-        <v>465</v>
+        <v>553</v>
       </c>
     </row>
     <row r="290" ht="21.75" customHeight="1">
       <c t="s" r="A290" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B290" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C290" s="12">
-        <v>567</v>
+        <v>554</v>
       </c>
       <c t="s" r="D290" s="12">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E290" s="12"/>
       <c t="s" r="F290" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G290" s="13">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H290" s="12">
-        <v>568</v>
+        <v>553</v>
       </c>
     </row>
     <row r="291" ht="22.5" customHeight="1">
       <c t="s" r="A291" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B291" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C291" s="9">
-        <v>569</v>
+        <v>555</v>
       </c>
       <c t="s" r="D291" s="9">
-        <v>505</v>
+        <v>429</v>
       </c>
       <c r="E291" s="9"/>
       <c t="s" r="F291" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G291" s="10">
-        <v>506</v>
+        <v>430</v>
       </c>
       <c t="s" r="H291" s="9">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="292" ht="21.75" customHeight="1">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="292" ht="18" customHeight="1">
       <c t="s" r="A292" s="11">
-        <v>451</v>
+        <v>557</v>
       </c>
       <c t="s" r="B292" s="12">
-        <v>452</v>
+        <v>558</v>
       </c>
       <c t="s" r="C292" s="12">
-        <v>570</v>
+        <v>559</v>
       </c>
       <c t="s" r="D292" s="12">
-        <v>505</v>
+        <v>560</v>
       </c>
       <c r="E292" s="12"/>
       <c t="s" r="F292" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G292" s="13">
-        <v>506</v>
+        <v>561</v>
       </c>
       <c t="s" r="H292" s="12">
-        <v>571</v>
-[...2 lines deleted...]
-    <row r="293" ht="22.5" customHeight="1">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="293" ht="18" customHeight="1">
       <c t="s" r="A293" s="8">
-        <v>451</v>
+        <v>557</v>
       </c>
       <c t="s" r="B293" s="9">
-        <v>452</v>
+        <v>558</v>
       </c>
       <c t="s" r="C293" s="9">
-        <v>572</v>
+        <v>563</v>
       </c>
       <c t="s" r="D293" s="9">
-        <v>505</v>
+        <v>564</v>
       </c>
       <c r="E293" s="9"/>
       <c t="s" r="F293" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G293" s="10">
-        <v>506</v>
+        <v>565</v>
       </c>
       <c t="s" r="H293" s="9">
-        <v>571</v>
-[...2 lines deleted...]
-    <row r="294" ht="22.5" customHeight="1">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="294" ht="21.75" customHeight="1">
       <c t="s" r="A294" s="11">
-        <v>451</v>
+        <v>566</v>
       </c>
       <c t="s" r="B294" s="12">
-        <v>452</v>
+        <v>567</v>
       </c>
       <c t="s" r="C294" s="12">
-        <v>573</v>
+        <v>568</v>
       </c>
       <c t="s" r="D294" s="12">
-        <v>505</v>
+        <v>569</v>
       </c>
       <c r="E294" s="12"/>
       <c t="s" r="F294" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G294" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H294" s="12">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="295" ht="21.75" customHeight="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="295" ht="22.5" customHeight="1">
       <c t="s" r="A295" s="8">
-        <v>451</v>
+        <v>110</v>
       </c>
       <c t="s" r="B295" s="9">
-        <v>452</v>
+        <v>111</v>
       </c>
       <c t="s" r="C295" s="9">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c t="s" r="D295" s="9">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E295" s="9"/>
       <c t="s" r="F295" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G295" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H295" s="9">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="296" ht="22.5" customHeight="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="296" ht="21.75" customHeight="1">
       <c t="s" r="A296" s="11">
-        <v>451</v>
+        <v>110</v>
       </c>
       <c t="s" r="B296" s="12">
-        <v>452</v>
+        <v>111</v>
       </c>
       <c t="s" r="C296" s="12">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c t="s" r="D296" s="12">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E296" s="12"/>
       <c t="s" r="F296" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G296" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H296" s="12">
-        <v>576</v>
-[...2 lines deleted...]
-    <row r="297" ht="21.75" customHeight="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="297" ht="22.5" customHeight="1">
       <c t="s" r="A297" s="8">
-        <v>451</v>
+        <v>110</v>
       </c>
       <c t="s" r="B297" s="9">
-        <v>452</v>
+        <v>111</v>
       </c>
       <c t="s" r="C297" s="9">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c t="s" r="D297" s="9">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E297" s="9"/>
       <c t="s" r="F297" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G297" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H297" s="9">
-        <v>576</v>
-[...2 lines deleted...]
-    <row r="298" ht="22.5" customHeight="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="298" ht="21.75" customHeight="1">
       <c t="s" r="A298" s="11">
-        <v>451</v>
+        <v>110</v>
       </c>
       <c t="s" r="B298" s="12">
-        <v>452</v>
+        <v>111</v>
       </c>
       <c t="s" r="C298" s="12">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c t="s" r="D298" s="12">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E298" s="12"/>
       <c t="s" r="F298" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G298" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H298" s="12">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="299" ht="21.75" customHeight="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="299" ht="22.5" customHeight="1">
       <c t="s" r="A299" s="8">
-        <v>451</v>
+        <v>110</v>
       </c>
       <c t="s" r="B299" s="9">
-        <v>452</v>
+        <v>111</v>
       </c>
       <c t="s" r="C299" s="9">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c t="s" r="D299" s="9">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E299" s="9"/>
       <c t="s" r="F299" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G299" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H299" s="9">
-        <v>581</v>
+        <v>113</v>
       </c>
     </row>
     <row r="300" ht="22.5" customHeight="1">
       <c t="s" r="A300" s="11">
-        <v>451</v>
+        <v>110</v>
       </c>
       <c t="s" r="B300" s="12">
-        <v>452</v>
+        <v>111</v>
       </c>
       <c t="s" r="C300" s="12">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c t="s" r="D300" s="12">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E300" s="12"/>
       <c t="s" r="F300" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G300" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H300" s="12">
-        <v>583</v>
+        <v>113</v>
       </c>
     </row>
     <row r="301" ht="21.75" customHeight="1">
       <c t="s" r="A301" s="8">
-        <v>451</v>
+        <v>110</v>
       </c>
       <c t="s" r="B301" s="9">
-        <v>452</v>
+        <v>111</v>
       </c>
       <c t="s" r="C301" s="9">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c t="s" r="D301" s="9">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E301" s="9"/>
       <c t="s" r="F301" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G301" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H301" s="9">
-        <v>585</v>
+        <v>113</v>
       </c>
     </row>
     <row r="302" ht="22.5" customHeight="1">
       <c t="s" r="A302" s="11">
-        <v>451</v>
+        <v>110</v>
       </c>
       <c t="s" r="B302" s="12">
-        <v>452</v>
+        <v>111</v>
       </c>
       <c t="s" r="C302" s="12">
-        <v>586</v>
+        <v>579</v>
       </c>
       <c t="s" r="D302" s="12">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E302" s="12"/>
       <c t="s" r="F302" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G302" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H302" s="12">
-        <v>587</v>
-[...2 lines deleted...]
-    <row r="303" ht="22.5" customHeight="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="303" ht="21.75" customHeight="1">
       <c t="s" r="A303" s="8">
-        <v>451</v>
+        <v>110</v>
       </c>
       <c t="s" r="B303" s="9">
-        <v>452</v>
+        <v>111</v>
       </c>
       <c t="s" r="C303" s="9">
-        <v>588</v>
+        <v>580</v>
       </c>
       <c t="s" r="D303" s="9">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E303" s="9"/>
       <c t="s" r="F303" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G303" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H303" s="9">
-        <v>587</v>
-[...2 lines deleted...]
-    <row r="304" ht="21.75" customHeight="1">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="304" ht="22.5" customHeight="1">
       <c t="s" r="A304" s="11">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B304" s="12">
-        <v>452</v>
+        <v>120</v>
       </c>
       <c t="s" r="C304" s="12">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c t="s" r="D304" s="12">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E304" s="12"/>
       <c t="s" r="F304" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G304" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H304" s="12">
-        <v>590</v>
-[...2 lines deleted...]
-    <row r="305" ht="22.5" customHeight="1">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="305" ht="21.75" customHeight="1">
       <c t="s" r="A305" s="8">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B305" s="9">
-        <v>452</v>
+        <v>125</v>
       </c>
       <c t="s" r="C305" s="9">
-        <v>591</v>
+        <v>582</v>
       </c>
       <c t="s" r="D305" s="9">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E305" s="9"/>
       <c t="s" r="F305" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G305" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H305" s="9">
-        <v>590</v>
-[...2 lines deleted...]
-    <row r="306" ht="21.75" customHeight="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="306" ht="22.5" customHeight="1">
       <c t="s" r="A306" s="11">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B306" s="12">
-        <v>452</v>
+        <v>125</v>
       </c>
       <c t="s" r="C306" s="12">
-        <v>592</v>
+        <v>583</v>
       </c>
       <c t="s" r="D306" s="12">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E306" s="12"/>
       <c t="s" r="F306" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G306" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H306" s="12">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="307" ht="22.5" customHeight="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="307" ht="21.75" customHeight="1">
       <c t="s" r="A307" s="8">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B307" s="9">
-        <v>452</v>
+        <v>130</v>
       </c>
       <c t="s" r="C307" s="9">
-        <v>594</v>
+        <v>584</v>
       </c>
       <c t="s" r="D307" s="9">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E307" s="9"/>
       <c t="s" r="F307" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G307" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H307" s="9">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="308" ht="21.75" customHeight="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="308" ht="22.5" customHeight="1">
       <c t="s" r="A308" s="11">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B308" s="12">
-        <v>452</v>
+        <v>130</v>
       </c>
       <c t="s" r="C308" s="12">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c t="s" r="D308" s="12">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E308" s="12"/>
       <c t="s" r="F308" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G308" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H308" s="12">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="309" ht="22.5" customHeight="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="309" ht="21.75" customHeight="1">
       <c t="s" r="A309" s="8">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B309" s="9">
-        <v>452</v>
+        <v>130</v>
       </c>
       <c t="s" r="C309" s="9">
-        <v>596</v>
+        <v>586</v>
       </c>
       <c t="s" r="D309" s="9">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E309" s="9"/>
       <c t="s" r="F309" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G309" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H309" s="9">
-        <v>597</v>
-[...2 lines deleted...]
-    <row r="310" ht="21.75" customHeight="1">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="310" ht="22.5" customHeight="1">
       <c t="s" r="A310" s="11">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B310" s="12">
-        <v>452</v>
+        <v>130</v>
       </c>
       <c t="s" r="C310" s="12">
-        <v>598</v>
+        <v>587</v>
       </c>
       <c t="s" r="D310" s="12">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E310" s="12"/>
       <c t="s" r="F310" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G310" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H310" s="12">
-        <v>593</v>
+        <v>132</v>
       </c>
     </row>
     <row r="311" ht="22.5" customHeight="1">
       <c t="s" r="A311" s="8">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B311" s="9">
-        <v>452</v>
+        <v>135</v>
       </c>
       <c t="s" r="C311" s="9">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c t="s" r="D311" s="9">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E311" s="9"/>
       <c t="s" r="F311" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G311" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H311" s="9">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="312" ht="22.5" customHeight="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="312" ht="21.75" customHeight="1">
       <c t="s" r="A312" s="11">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B312" s="12">
-        <v>452</v>
+        <v>135</v>
       </c>
       <c t="s" r="C312" s="12">
-        <v>600</v>
+        <v>589</v>
       </c>
       <c t="s" r="D312" s="12">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E312" s="12"/>
       <c t="s" r="F312" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G312" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H312" s="12">
-        <v>601</v>
-[...2 lines deleted...]
-    <row r="313" ht="21.75" customHeight="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="313" ht="22.5" customHeight="1">
       <c t="s" r="A313" s="8">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B313" s="9">
-        <v>452</v>
+        <v>135</v>
       </c>
       <c t="s" r="C313" s="9">
-        <v>602</v>
+        <v>590</v>
       </c>
       <c t="s" r="D313" s="9">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E313" s="9"/>
       <c t="s" r="F313" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G313" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H313" s="9">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="314" ht="22.5" customHeight="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="314" ht="21.75" customHeight="1">
       <c t="s" r="A314" s="11">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B314" s="12">
-        <v>452</v>
+        <v>135</v>
       </c>
       <c t="s" r="C314" s="12">
-        <v>603</v>
+        <v>591</v>
       </c>
       <c t="s" r="D314" s="12">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E314" s="12"/>
       <c t="s" r="F314" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G314" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H314" s="12">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="315" ht="21.75" customHeight="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="315" ht="22.5" customHeight="1">
       <c t="s" r="A315" s="8">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B315" s="9">
-        <v>452</v>
+        <v>135</v>
       </c>
       <c t="s" r="C315" s="9">
-        <v>604</v>
+        <v>592</v>
       </c>
       <c t="s" r="D315" s="9">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E315" s="9"/>
       <c t="s" r="F315" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G315" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H315" s="9">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="316" ht="18" customHeight="1">
+      <c t="s" r="A316" s="11">
+        <v>144</v>
+      </c>
+      <c t="s" r="B316" s="12">
+        <v>145</v>
+      </c>
+      <c t="s" r="C316" s="12">
         <v>593</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c t="s" r="D316" s="12">
-        <v>505</v>
+        <v>572</v>
       </c>
       <c r="E316" s="12"/>
       <c t="s" r="F316" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G316" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H316" s="12">
-        <v>593</v>
+        <v>147</v>
       </c>
     </row>
     <row r="317" ht="21.75" customHeight="1">
       <c t="s" r="A317" s="8">
-        <v>451</v>
+        <v>110</v>
       </c>
       <c t="s" r="B317" s="9">
-        <v>452</v>
+        <v>111</v>
       </c>
       <c t="s" r="C317" s="9">
-        <v>606</v>
+        <v>594</v>
       </c>
       <c t="s" r="D317" s="9">
-        <v>505</v>
+        <v>595</v>
       </c>
       <c r="E317" s="9"/>
       <c t="s" r="F317" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G317" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H317" s="9">
-        <v>593</v>
+        <v>113</v>
       </c>
     </row>
     <row r="318" ht="22.5" customHeight="1">
       <c t="s" r="A318" s="11">
-        <v>451</v>
+        <v>110</v>
       </c>
       <c t="s" r="B318" s="12">
-        <v>452</v>
+        <v>111</v>
       </c>
       <c t="s" r="C318" s="12">
-        <v>607</v>
+        <v>596</v>
       </c>
       <c t="s" r="D318" s="12">
-        <v>505</v>
+        <v>595</v>
       </c>
       <c r="E318" s="12"/>
       <c t="s" r="F318" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G318" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H318" s="12">
-        <v>593</v>
+        <v>113</v>
       </c>
     </row>
     <row r="319" ht="21.75" customHeight="1">
       <c t="s" r="A319" s="8">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B319" s="9">
-        <v>452</v>
+        <v>120</v>
       </c>
       <c t="s" r="C319" s="9">
-        <v>608</v>
+        <v>597</v>
       </c>
       <c t="s" r="D319" s="9">
-        <v>505</v>
+        <v>595</v>
       </c>
       <c r="E319" s="9"/>
       <c t="s" r="F319" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G319" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H319" s="9">
-        <v>545</v>
+        <v>122</v>
       </c>
     </row>
     <row r="320" ht="22.5" customHeight="1">
       <c t="s" r="A320" s="11">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B320" s="12">
-        <v>452</v>
+        <v>120</v>
       </c>
       <c t="s" r="C320" s="12">
-        <v>609</v>
+        <v>598</v>
       </c>
       <c t="s" r="D320" s="12">
-        <v>505</v>
+        <v>595</v>
       </c>
       <c r="E320" s="12"/>
       <c t="s" r="F320" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G320" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H320" s="12">
-        <v>610</v>
+        <v>122</v>
       </c>
     </row>
     <row r="321" ht="22.5" customHeight="1">
       <c t="s" r="A321" s="8">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B321" s="9">
-        <v>452</v>
+        <v>125</v>
       </c>
       <c t="s" r="C321" s="9">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c t="s" r="D321" s="9">
-        <v>505</v>
+        <v>595</v>
       </c>
       <c r="E321" s="9"/>
       <c t="s" r="F321" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G321" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H321" s="9">
-        <v>610</v>
+        <v>127</v>
       </c>
     </row>
     <row r="322" ht="21.75" customHeight="1">
       <c t="s" r="A322" s="11">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B322" s="12">
-        <v>452</v>
+        <v>130</v>
       </c>
       <c t="s" r="C322" s="12">
-        <v>612</v>
+        <v>600</v>
       </c>
       <c t="s" r="D322" s="12">
-        <v>505</v>
+        <v>595</v>
       </c>
       <c r="E322" s="12"/>
       <c t="s" r="F322" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G322" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H322" s="12">
-        <v>610</v>
+        <v>132</v>
       </c>
     </row>
     <row r="323" ht="22.5" customHeight="1">
       <c t="s" r="A323" s="8">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B323" s="9">
-        <v>452</v>
+        <v>135</v>
       </c>
       <c t="s" r="C323" s="9">
-        <v>613</v>
+        <v>601</v>
       </c>
       <c t="s" r="D323" s="9">
-        <v>505</v>
+        <v>595</v>
       </c>
       <c r="E323" s="9"/>
       <c t="s" r="F323" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G323" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H323" s="9">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="324" ht="21.75" customHeight="1">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="324" ht="18" customHeight="1">
       <c t="s" r="A324" s="11">
-        <v>451</v>
+        <v>144</v>
       </c>
       <c t="s" r="B324" s="12">
-        <v>452</v>
+        <v>145</v>
       </c>
       <c t="s" r="C324" s="12">
-        <v>614</v>
+        <v>602</v>
       </c>
       <c t="s" r="D324" s="12">
-        <v>505</v>
+        <v>595</v>
       </c>
       <c r="E324" s="12"/>
       <c t="s" r="F324" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G324" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H324" s="12">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="325" ht="22.5" customHeight="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="325" ht="18" customHeight="1">
       <c t="s" r="A325" s="8">
-        <v>451</v>
+        <v>144</v>
       </c>
       <c t="s" r="B325" s="9">
-        <v>452</v>
+        <v>145</v>
       </c>
       <c t="s" r="C325" s="9">
-        <v>615</v>
+        <v>603</v>
       </c>
       <c t="s" r="D325" s="9">
-        <v>505</v>
+        <v>595</v>
       </c>
       <c r="E325" s="9"/>
       <c t="s" r="F325" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G325" s="10">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H325" s="9">
-        <v>616</v>
-[...2 lines deleted...]
-    <row r="326" ht="21.75" customHeight="1">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="326" ht="32.25" customHeight="1">
       <c t="s" r="A326" s="11">
-        <v>451</v>
+        <v>259</v>
       </c>
       <c t="s" r="B326" s="12">
-        <v>452</v>
+        <v>95</v>
       </c>
       <c t="s" r="C326" s="12">
-        <v>617</v>
+        <v>604</v>
       </c>
       <c t="s" r="D326" s="12">
-        <v>505</v>
+        <v>605</v>
       </c>
       <c r="E326" s="12"/>
       <c t="s" r="F326" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G326" s="13">
-        <v>506</v>
+        <v>31</v>
       </c>
       <c t="s" r="H326" s="12">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="327" ht="22.5" customHeight="1">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="327" ht="21.75" customHeight="1">
       <c t="s" r="A327" s="8">
-        <v>451</v>
+        <v>606</v>
       </c>
       <c t="s" r="B327" s="9">
-        <v>452</v>
+        <v>607</v>
       </c>
       <c t="s" r="C327" s="9">
-        <v>619</v>
+        <v>608</v>
       </c>
       <c t="s" r="D327" s="9">
-        <v>505</v>
+        <v>609</v>
       </c>
       <c r="E327" s="9"/>
       <c t="s" r="F327" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G327" s="10">
-        <v>506</v>
-[...5 lines deleted...]
-    <row r="328" ht="21.75" customHeight="1">
+        <v>63</v>
+      </c>
+      <c r="H327" s="14"/>
+    </row>
+    <row r="328" ht="22.5" customHeight="1">
       <c t="s" r="A328" s="11">
-        <v>451</v>
+        <v>610</v>
       </c>
       <c t="s" r="B328" s="12">
-        <v>452</v>
+        <v>607</v>
       </c>
       <c t="s" r="C328" s="12">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c t="s" r="D328" s="12">
-        <v>505</v>
+        <v>609</v>
       </c>
       <c r="E328" s="12"/>
       <c t="s" r="F328" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G328" s="13">
-        <v>506</v>
-[...5 lines deleted...]
-    <row r="329" ht="22.5" customHeight="1">
+        <v>63</v>
+      </c>
+      <c r="H328" s="15"/>
+    </row>
+    <row r="329" ht="21.75" customHeight="1">
       <c t="s" r="A329" s="8">
-        <v>451</v>
+        <v>606</v>
       </c>
       <c t="s" r="B329" s="9">
-        <v>452</v>
+        <v>612</v>
       </c>
       <c t="s" r="C329" s="9">
-        <v>622</v>
+        <v>613</v>
       </c>
       <c t="s" r="D329" s="9">
-        <v>505</v>
+        <v>609</v>
       </c>
       <c r="E329" s="9"/>
       <c t="s" r="F329" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G329" s="10">
-        <v>506</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="H329" s="14"/>
     </row>
     <row r="330" ht="22.5" customHeight="1">
       <c t="s" r="A330" s="11">
-        <v>451</v>
+        <v>610</v>
       </c>
       <c t="s" r="B330" s="12">
-        <v>452</v>
+        <v>612</v>
       </c>
       <c t="s" r="C330" s="12">
-        <v>623</v>
+        <v>614</v>
       </c>
       <c t="s" r="D330" s="12">
-        <v>505</v>
+        <v>609</v>
       </c>
       <c r="E330" s="12"/>
       <c t="s" r="F330" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G330" s="13">
-        <v>506</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="H330" s="15"/>
     </row>
     <row r="331" ht="21.75" customHeight="1">
       <c t="s" r="A331" s="8">
-        <v>451</v>
+        <v>606</v>
       </c>
       <c t="s" r="B331" s="9">
-        <v>452</v>
+        <v>615</v>
       </c>
       <c t="s" r="C331" s="9">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c t="s" r="D331" s="9">
-        <v>505</v>
+        <v>617</v>
       </c>
       <c r="E331" s="9"/>
       <c t="s" r="F331" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G331" s="10">
-        <v>506</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="H331" s="14"/>
     </row>
     <row r="332" ht="22.5" customHeight="1">
       <c t="s" r="A332" s="11">
-        <v>451</v>
+        <v>610</v>
       </c>
       <c t="s" r="B332" s="12">
-        <v>452</v>
+        <v>615</v>
       </c>
       <c t="s" r="C332" s="12">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c t="s" r="D332" s="12">
-        <v>505</v>
+        <v>617</v>
       </c>
       <c r="E332" s="12"/>
       <c t="s" r="F332" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G332" s="13">
-        <v>506</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="H332" s="15"/>
     </row>
     <row r="333" ht="21.75" customHeight="1">
       <c t="s" r="A333" s="8">
-        <v>451</v>
+        <v>610</v>
       </c>
       <c t="s" r="B333" s="9">
-        <v>452</v>
+        <v>619</v>
       </c>
       <c t="s" r="C333" s="9">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c t="s" r="D333" s="9">
-        <v>505</v>
+        <v>617</v>
       </c>
       <c r="E333" s="9"/>
       <c t="s" r="F333" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G333" s="10">
-        <v>506</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="H333" s="14"/>
     </row>
     <row r="334" ht="22.5" customHeight="1">
       <c t="s" r="A334" s="11">
-        <v>451</v>
+        <v>606</v>
       </c>
       <c t="s" r="B334" s="12">
-        <v>452</v>
+        <v>619</v>
       </c>
       <c t="s" r="C334" s="12">
-        <v>629</v>
+        <v>621</v>
       </c>
       <c t="s" r="D334" s="12">
-        <v>505</v>
+        <v>617</v>
       </c>
       <c r="E334" s="12"/>
       <c t="s" r="F334" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G334" s="13">
-        <v>506</v>
-[...5 lines deleted...]
-    <row r="335" ht="21.75" customHeight="1">
+        <v>63</v>
+      </c>
+      <c r="H334" s="15"/>
+    </row>
+    <row r="335" ht="22.5" customHeight="1">
       <c t="s" r="A335" s="8">
-        <v>451</v>
+        <v>606</v>
       </c>
       <c t="s" r="B335" s="9">
-        <v>452</v>
+        <v>612</v>
       </c>
       <c t="s" r="C335" s="9">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c t="s" r="D335" s="9">
-        <v>505</v>
+        <v>623</v>
       </c>
       <c r="E335" s="9"/>
       <c t="s" r="F335" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G335" s="10">
-        <v>506</v>
-[...5 lines deleted...]
-    <row r="336" ht="18" customHeight="1">
+        <v>63</v>
+      </c>
+      <c r="H335" s="14"/>
+    </row>
+    <row r="336" ht="21.75" customHeight="1">
       <c t="s" r="A336" s="11">
-        <v>632</v>
+        <v>610</v>
       </c>
       <c t="s" r="B336" s="12">
-        <v>633</v>
+        <v>612</v>
       </c>
       <c t="s" r="C336" s="12">
-        <v>634</v>
+        <v>624</v>
       </c>
       <c t="s" r="D336" s="12">
-        <v>635</v>
+        <v>623</v>
       </c>
       <c r="E336" s="12"/>
       <c t="s" r="F336" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G336" s="13">
-        <v>636</v>
-[...5 lines deleted...]
-    <row r="337" ht="18" customHeight="1">
+        <v>63</v>
+      </c>
+      <c r="H336" s="15"/>
+    </row>
+    <row r="337" ht="22.5" customHeight="1">
       <c t="s" r="A337" s="8">
-        <v>632</v>
+        <v>610</v>
       </c>
       <c t="s" r="B337" s="9">
-        <v>633</v>
+        <v>612</v>
       </c>
       <c t="s" r="C337" s="9">
-        <v>638</v>
+        <v>624</v>
       </c>
       <c t="s" r="D337" s="9">
-        <v>639</v>
+        <v>625</v>
       </c>
       <c r="E337" s="9"/>
       <c t="s" r="F337" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G337" s="10">
-        <v>640</v>
-[...5 lines deleted...]
-    <row r="338" ht="22.5" customHeight="1">
+        <v>63</v>
+      </c>
+      <c r="H337" s="14"/>
+    </row>
+    <row r="338" ht="21.75" customHeight="1">
       <c t="s" r="A338" s="11">
-        <v>641</v>
+        <v>606</v>
       </c>
       <c t="s" r="B338" s="12">
-        <v>642</v>
+        <v>612</v>
       </c>
       <c t="s" r="C338" s="12">
-        <v>643</v>
+        <v>622</v>
       </c>
       <c t="s" r="D338" s="12">
-        <v>644</v>
+        <v>625</v>
       </c>
       <c r="E338" s="12"/>
       <c t="s" r="F338" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G338" s="13">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="339" ht="21.75" customHeight="1">
+        <v>63</v>
+      </c>
+      <c r="H338" s="15"/>
+    </row>
+    <row r="339" ht="22.5" customHeight="1">
       <c t="s" r="A339" s="8">
-        <v>128</v>
+        <v>606</v>
       </c>
       <c t="s" r="B339" s="9">
-        <v>129</v>
+        <v>615</v>
       </c>
       <c t="s" r="C339" s="9">
-        <v>646</v>
+        <v>618</v>
       </c>
       <c t="s" r="D339" s="9">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="E339" s="9"/>
       <c t="s" r="F339" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G339" s="10">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="340" ht="22.5" customHeight="1">
+        <v>63</v>
+      </c>
+      <c r="H339" s="14"/>
+    </row>
+    <row r="340" ht="21.75" customHeight="1">
       <c t="s" r="A340" s="11">
-        <v>128</v>
+        <v>610</v>
       </c>
       <c t="s" r="B340" s="12">
-        <v>129</v>
+        <v>615</v>
       </c>
       <c t="s" r="C340" s="12">
-        <v>648</v>
+        <v>627</v>
       </c>
       <c t="s" r="D340" s="12">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="E340" s="12"/>
       <c t="s" r="F340" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G340" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="H340" s="15"/>
     </row>
     <row r="341" ht="22.5" customHeight="1">
       <c t="s" r="A341" s="8">
-        <v>128</v>
+        <v>610</v>
       </c>
       <c t="s" r="B341" s="9">
-        <v>129</v>
+        <v>619</v>
       </c>
       <c t="s" r="C341" s="9">
-        <v>649</v>
+        <v>620</v>
       </c>
       <c t="s" r="D341" s="9">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="E341" s="9"/>
       <c t="s" r="F341" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G341" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="H341" s="14"/>
     </row>
     <row r="342" ht="21.75" customHeight="1">
       <c t="s" r="A342" s="11">
-        <v>128</v>
+        <v>606</v>
       </c>
       <c t="s" r="B342" s="12">
-        <v>129</v>
+        <v>619</v>
       </c>
       <c t="s" r="C342" s="12">
-        <v>650</v>
+        <v>621</v>
       </c>
       <c t="s" r="D342" s="12">
-        <v>647</v>
+        <v>626</v>
       </c>
       <c r="E342" s="12"/>
       <c t="s" r="F342" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G342" s="13">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="343" ht="22.5" customHeight="1">
+        <v>63</v>
+      </c>
+      <c r="H342" s="15"/>
+    </row>
+    <row r="343" ht="52.5" customHeight="1">
       <c t="s" r="A343" s="8">
-        <v>128</v>
+        <v>204</v>
       </c>
       <c t="s" r="B343" s="9">
-        <v>129</v>
+        <v>205</v>
       </c>
       <c t="s" r="C343" s="9">
-        <v>651</v>
+        <v>628</v>
       </c>
       <c t="s" r="D343" s="9">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E343" s="9"/>
       <c t="s" r="F343" s="10">
-        <v>16</v>
+        <v>629</v>
       </c>
       <c t="s" r="G343" s="10">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c t="s" r="H343" s="9">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="344" ht="21.75" customHeight="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="344" ht="51.75" customHeight="1">
       <c t="s" r="A344" s="11">
-        <v>128</v>
+        <v>204</v>
       </c>
       <c t="s" r="B344" s="12">
-        <v>129</v>
+        <v>205</v>
       </c>
       <c t="s" r="C344" s="12">
-        <v>652</v>
+        <v>631</v>
       </c>
       <c t="s" r="D344" s="12">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E344" s="12"/>
       <c t="s" r="F344" s="13">
-        <v>16</v>
+        <v>629</v>
       </c>
       <c t="s" r="G344" s="13">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c t="s" r="H344" s="12">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="345" ht="22.5" customHeight="1">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="345" ht="42" customHeight="1">
       <c t="s" r="A345" s="8">
-        <v>128</v>
+        <v>204</v>
       </c>
       <c t="s" r="B345" s="9">
-        <v>129</v>
+        <v>205</v>
       </c>
       <c t="s" r="C345" s="9">
-        <v>653</v>
+        <v>632</v>
       </c>
       <c t="s" r="D345" s="9">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E345" s="9"/>
       <c t="s" r="F345" s="10">
-        <v>16</v>
+        <v>629</v>
       </c>
       <c t="s" r="G345" s="10">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c t="s" r="H345" s="9">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="346" ht="21.75" customHeight="1">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="346" ht="42" customHeight="1">
       <c t="s" r="A346" s="11">
-        <v>128</v>
+        <v>204</v>
       </c>
       <c t="s" r="B346" s="12">
-        <v>129</v>
+        <v>205</v>
       </c>
       <c t="s" r="C346" s="12">
-        <v>654</v>
+        <v>634</v>
       </c>
       <c t="s" r="D346" s="12">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E346" s="12"/>
       <c t="s" r="F346" s="13">
-        <v>16</v>
+        <v>635</v>
       </c>
       <c t="s" r="G346" s="13">
-        <v>31</v>
+        <v>636</v>
       </c>
       <c t="s" r="H346" s="12">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="347" ht="22.5" customHeight="1">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="347" ht="92.25" customHeight="1">
       <c t="s" r="A347" s="8">
-        <v>128</v>
+        <v>209</v>
       </c>
       <c t="s" r="B347" s="9">
-        <v>129</v>
+        <v>205</v>
       </c>
       <c t="s" r="C347" s="9">
-        <v>655</v>
+        <v>638</v>
       </c>
       <c t="s" r="D347" s="9">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E347" s="9"/>
       <c t="s" r="F347" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G347" s="10">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c t="s" r="H347" s="9">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="348" ht="21.75" customHeight="1">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="348" ht="81.75" customHeight="1">
       <c t="s" r="A348" s="11">
-        <v>137</v>
+        <v>209</v>
       </c>
       <c t="s" r="B348" s="12">
-        <v>138</v>
+        <v>205</v>
       </c>
       <c t="s" r="C348" s="12">
-        <v>656</v>
+        <v>640</v>
       </c>
       <c t="s" r="D348" s="12">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E348" s="12"/>
       <c t="s" r="F348" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G348" s="13">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c t="s" r="H348" s="12">
-        <v>140</v>
+        <v>641</v>
       </c>
     </row>
     <row r="349" ht="22.5" customHeight="1">
       <c t="s" r="A349" s="8">
-        <v>137</v>
+        <v>204</v>
       </c>
       <c t="s" r="B349" s="9">
-        <v>143</v>
+        <v>205</v>
       </c>
       <c t="s" r="C349" s="9">
-        <v>657</v>
+        <v>642</v>
       </c>
       <c t="s" r="D349" s="9">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E349" s="9"/>
       <c t="s" r="F349" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G349" s="10">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="350" ht="22.5" customHeight="1">
+        <v>93</v>
+      </c>
+      <c r="H349" s="14"/>
+    </row>
+    <row r="350" ht="21.75" customHeight="1">
       <c t="s" r="A350" s="11">
-        <v>137</v>
+        <v>204</v>
       </c>
       <c t="s" r="B350" s="12">
-        <v>143</v>
+        <v>205</v>
       </c>
       <c t="s" r="C350" s="12">
-        <v>658</v>
+        <v>643</v>
       </c>
       <c t="s" r="D350" s="12">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E350" s="12"/>
       <c t="s" r="F350" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G350" s="13">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="351" ht="21.75" customHeight="1">
+        <v>93</v>
+      </c>
+      <c r="H350" s="15"/>
+    </row>
+    <row r="351" ht="72" customHeight="1">
       <c t="s" r="A351" s="8">
-        <v>137</v>
+        <v>204</v>
       </c>
       <c t="s" r="B351" s="9">
-        <v>148</v>
+        <v>205</v>
       </c>
       <c t="s" r="C351" s="9">
-        <v>659</v>
+        <v>644</v>
       </c>
       <c t="s" r="D351" s="9">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E351" s="9"/>
       <c t="s" r="F351" s="10">
-        <v>16</v>
+        <v>46</v>
       </c>
       <c t="s" r="G351" s="10">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c t="s" r="H351" s="9">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="352" ht="22.5" customHeight="1">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="352" ht="92.25" customHeight="1">
       <c t="s" r="A352" s="11">
-        <v>137</v>
+        <v>646</v>
       </c>
       <c t="s" r="B352" s="12">
-        <v>148</v>
+        <v>217</v>
       </c>
       <c t="s" r="C352" s="12">
-        <v>660</v>
+        <v>647</v>
       </c>
       <c t="s" r="D352" s="12">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E352" s="12"/>
       <c t="s" r="F352" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G352" s="13">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c t="s" r="H352" s="12">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="353" ht="21.75" customHeight="1">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="353" ht="81.75" customHeight="1">
       <c t="s" r="A353" s="8">
-        <v>137</v>
+        <v>646</v>
       </c>
       <c t="s" r="B353" s="9">
-        <v>148</v>
+        <v>217</v>
       </c>
       <c t="s" r="C353" s="9">
-        <v>661</v>
+        <v>649</v>
       </c>
       <c t="s" r="D353" s="9">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E353" s="9"/>
       <c t="s" r="F353" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G353" s="10">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c t="s" r="H353" s="9">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="354" ht="22.5" customHeight="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="354" ht="81.75" customHeight="1">
       <c t="s" r="A354" s="11">
-        <v>137</v>
+        <v>646</v>
       </c>
       <c t="s" r="B354" s="12">
-        <v>148</v>
+        <v>217</v>
       </c>
       <c t="s" r="C354" s="12">
-        <v>662</v>
+        <v>651</v>
       </c>
       <c t="s" r="D354" s="12">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E354" s="12"/>
       <c t="s" r="F354" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G354" s="13">
-        <v>31</v>
+        <v>652</v>
       </c>
       <c t="s" r="H354" s="12">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="355" ht="21.75" customHeight="1">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="355" ht="62.25" customHeight="1">
       <c t="s" r="A355" s="8">
-        <v>137</v>
+        <v>216</v>
       </c>
       <c t="s" r="B355" s="9">
-        <v>153</v>
+        <v>217</v>
       </c>
       <c t="s" r="C355" s="9">
-        <v>663</v>
+        <v>654</v>
       </c>
       <c t="s" r="D355" s="9">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E355" s="9"/>
       <c t="s" r="F355" s="10">
-        <v>16</v>
+        <v>635</v>
       </c>
       <c t="s" r="G355" s="10">
-        <v>31</v>
+        <v>636</v>
       </c>
       <c t="s" r="H355" s="9">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="356" ht="22.5" customHeight="1">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="356" ht="72" customHeight="1">
       <c t="s" r="A356" s="11">
-        <v>137</v>
+        <v>216</v>
       </c>
       <c t="s" r="B356" s="12">
-        <v>153</v>
+        <v>217</v>
       </c>
       <c t="s" r="C356" s="12">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c t="s" r="D356" s="12">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E356" s="12"/>
       <c t="s" r="F356" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G356" s="13">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c t="s" r="H356" s="12">
-        <v>155</v>
+        <v>657</v>
       </c>
     </row>
     <row r="357" ht="21.75" customHeight="1">
       <c t="s" r="A357" s="8">
-        <v>137</v>
+        <v>646</v>
       </c>
       <c t="s" r="B357" s="9">
-        <v>153</v>
+        <v>217</v>
       </c>
       <c t="s" r="C357" s="9">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c t="s" r="D357" s="9">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E357" s="9"/>
       <c t="s" r="F357" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G357" s="10">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="358" ht="22.5" customHeight="1">
+        <v>93</v>
+      </c>
+      <c r="H357" s="14"/>
+    </row>
+    <row r="358" ht="81.75" customHeight="1">
       <c t="s" r="A358" s="11">
-        <v>137</v>
+        <v>216</v>
       </c>
       <c t="s" r="B358" s="12">
-        <v>153</v>
+        <v>217</v>
       </c>
       <c t="s" r="C358" s="12">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c t="s" r="D358" s="12">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E358" s="12"/>
       <c t="s" r="F358" s="13">
-        <v>16</v>
+        <v>660</v>
       </c>
       <c t="s" r="G358" s="13">
-        <v>31</v>
+        <v>661</v>
       </c>
       <c t="s" r="H358" s="12">
-        <v>155</v>
+        <v>662</v>
       </c>
     </row>
     <row r="359" ht="22.5" customHeight="1">
       <c t="s" r="A359" s="8">
-        <v>137</v>
+        <v>23</v>
       </c>
       <c t="s" r="B359" s="9">
-        <v>153</v>
+        <v>24</v>
       </c>
       <c t="s" r="C359" s="9">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c t="s" r="D359" s="9">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E359" s="9"/>
       <c t="s" r="F359" s="10">
-        <v>16</v>
+        <v>629</v>
       </c>
       <c t="s" r="G359" s="10">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="360" ht="18" customHeight="1">
+        <v>163</v>
+      </c>
+      <c r="H359" s="14"/>
+    </row>
+    <row r="360" ht="22.5" customHeight="1">
       <c t="s" r="A360" s="11">
-        <v>161</v>
+        <v>23</v>
       </c>
       <c t="s" r="B360" s="12">
-        <v>162</v>
+        <v>24</v>
       </c>
       <c t="s" r="C360" s="12">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c t="s" r="D360" s="12">
-        <v>647</v>
+        <v>92</v>
       </c>
       <c r="E360" s="12"/>
       <c t="s" r="F360" s="13">
-        <v>16</v>
+        <v>629</v>
       </c>
       <c t="s" r="G360" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="H360" s="15"/>
     </row>
     <row r="361" ht="21.75" customHeight="1">
       <c t="s" r="A361" s="8">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c t="s" r="B361" s="9">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c t="s" r="C361" s="9">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c t="s" r="D361" s="9">
-        <v>670</v>
+        <v>92</v>
       </c>
       <c r="E361" s="9"/>
       <c t="s" r="F361" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G361" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>666</v>
+      </c>
+      <c r="H361" s="14"/>
     </row>
     <row r="362" ht="22.5" customHeight="1">
       <c t="s" r="A362" s="11">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c t="s" r="B362" s="12">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c t="s" r="C362" s="12">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c t="s" r="D362" s="12">
-        <v>670</v>
+        <v>92</v>
       </c>
       <c r="E362" s="12"/>
       <c t="s" r="F362" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G362" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="H362" s="15"/>
     </row>
     <row r="363" ht="21.75" customHeight="1">
       <c t="s" r="A363" s="8">
-        <v>137</v>
+        <v>23</v>
       </c>
       <c t="s" r="B363" s="9">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c t="s" r="C363" s="9">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c t="s" r="D363" s="9">
-        <v>670</v>
+        <v>92</v>
       </c>
       <c r="E363" s="9"/>
       <c t="s" r="F363" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G363" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="H363" s="14"/>
     </row>
     <row r="364" ht="22.5" customHeight="1">
       <c t="s" r="A364" s="11">
-        <v>137</v>
+        <v>23</v>
       </c>
       <c t="s" r="B364" s="12">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c t="s" r="C364" s="12">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c t="s" r="D364" s="12">
-        <v>670</v>
+        <v>92</v>
       </c>
       <c r="E364" s="12"/>
       <c t="s" r="F364" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G364" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="H364" s="15"/>
     </row>
     <row r="365" ht="21.75" customHeight="1">
       <c t="s" r="A365" s="8">
-        <v>137</v>
+        <v>320</v>
       </c>
       <c t="s" r="B365" s="9">
-        <v>143</v>
+        <v>321</v>
       </c>
       <c t="s" r="C365" s="9">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c t="s" r="D365" s="9">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="E365" s="9"/>
       <c t="s" r="F365" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G365" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="H365" s="14"/>
     </row>
     <row r="366" ht="22.5" customHeight="1">
       <c t="s" r="A366" s="11">
-        <v>137</v>
+        <v>320</v>
       </c>
       <c t="s" r="B366" s="12">
-        <v>148</v>
+        <v>321</v>
       </c>
       <c t="s" r="C366" s="12">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c t="s" r="D366" s="12">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="E366" s="12"/>
       <c t="s" r="F366" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G366" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="H366" s="15"/>
     </row>
     <row r="367" ht="21.75" customHeight="1">
       <c t="s" r="A367" s="8">
-        <v>137</v>
+        <v>320</v>
       </c>
       <c t="s" r="B367" s="9">
-        <v>153</v>
+        <v>321</v>
       </c>
       <c t="s" r="C367" s="9">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c t="s" r="D367" s="9">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="E367" s="9"/>
       <c t="s" r="F367" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G367" s="10">
-        <v>31</v>
-[...1 lines deleted...]
-      <c t="s" r="H367" s="9">
+        <v>27</v>
+      </c>
+      <c r="H367" s="14"/>
+    </row>
+    <row r="368" ht="42.75" customHeight="1">
+      <c t="s" r="A368" s="11">
+        <v>154</v>
+      </c>
+      <c t="s" r="B368" s="12">
         <v>155</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c t="s" r="C368" s="12">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c t="s" r="D368" s="12">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="E368" s="12"/>
       <c t="s" r="F368" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G368" s="13">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="369" ht="18" customHeight="1">
+        <v>152</v>
+      </c>
+      <c r="H368" s="15"/>
+    </row>
+    <row r="369" ht="42" customHeight="1">
       <c t="s" r="A369" s="8">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c t="s" r="B369" s="9">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c t="s" r="C369" s="9">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c t="s" r="D369" s="9">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="E369" s="9"/>
       <c t="s" r="F369" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G369" s="10">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="370" ht="42.75" customHeight="1">
+        <v>152</v>
+      </c>
+      <c r="H369" s="14"/>
+    </row>
+    <row r="370" ht="42" customHeight="1">
       <c t="s" r="A370" s="11">
-        <v>679</v>
+        <v>353</v>
       </c>
       <c t="s" r="B370" s="12">
-        <v>680</v>
+        <v>354</v>
       </c>
       <c t="s" r="C370" s="12">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c t="s" r="D370" s="12">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="E370" s="12"/>
       <c t="s" r="F370" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G370" s="13">
         <v>27</v>
       </c>
       <c t="s" r="H370" s="12">
-        <v>683</v>
+        <v>357</v>
       </c>
     </row>
     <row r="371" ht="42" customHeight="1">
       <c t="s" r="A371" s="8">
+        <v>353</v>
+      </c>
+      <c t="s" r="B371" s="9">
+        <v>354</v>
+      </c>
+      <c t="s" r="C371" s="9">
         <v>679</v>
       </c>
-      <c t="s" r="B371" s="9">
-[...4 lines deleted...]
-      </c>
       <c t="s" r="D371" s="9">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="E371" s="9"/>
       <c t="s" r="F371" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G371" s="10">
         <v>27</v>
       </c>
       <c t="s" r="H371" s="9">
-        <v>685</v>
-[...2 lines deleted...]
-    <row r="372" ht="42" customHeight="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="372" ht="21.75" customHeight="1">
       <c t="s" r="A372" s="11">
-        <v>679</v>
+        <v>383</v>
       </c>
       <c t="s" r="B372" s="12">
-        <v>680</v>
+        <v>384</v>
       </c>
       <c t="s" r="C372" s="12">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c t="s" r="D372" s="12">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="E372" s="12"/>
       <c t="s" r="F372" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G372" s="13">
-        <v>27</v>
+        <v>682</v>
       </c>
       <c t="s" r="H372" s="12">
-        <v>687</v>
-[...2 lines deleted...]
-    <row r="373" ht="42" customHeight="1">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="373" ht="22.5" customHeight="1">
       <c t="s" r="A373" s="8">
-        <v>679</v>
+        <v>383</v>
       </c>
       <c t="s" r="B373" s="9">
-        <v>680</v>
+        <v>384</v>
       </c>
       <c t="s" r="C373" s="9">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c t="s" r="D373" s="9">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="E373" s="9"/>
       <c t="s" r="F373" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G373" s="10">
-        <v>27</v>
+        <v>682</v>
       </c>
       <c t="s" r="H373" s="9">
-        <v>689</v>
-[...2 lines deleted...]
-    <row r="374" ht="42" customHeight="1">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="374" ht="22.5" customHeight="1">
       <c t="s" r="A374" s="11">
-        <v>679</v>
+        <v>383</v>
       </c>
       <c t="s" r="B374" s="12">
-        <v>680</v>
+        <v>384</v>
       </c>
       <c t="s" r="C374" s="12">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c t="s" r="D374" s="12">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="E374" s="12"/>
       <c t="s" r="F374" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G374" s="13">
-        <v>27</v>
+        <v>682</v>
       </c>
       <c t="s" r="H374" s="12">
-        <v>691</v>
-[...2 lines deleted...]
-    <row r="375" ht="32.25" customHeight="1">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="375" ht="21.75" customHeight="1">
       <c t="s" r="A375" s="8">
-        <v>301</v>
+        <v>383</v>
       </c>
       <c t="s" r="B375" s="9">
-        <v>113</v>
+        <v>384</v>
       </c>
       <c t="s" r="C375" s="9">
-        <v>692</v>
+        <v>686</v>
       </c>
       <c t="s" r="D375" s="9">
-        <v>693</v>
+        <v>678</v>
       </c>
       <c r="E375" s="9"/>
       <c t="s" r="F375" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G375" s="10">
-        <v>31</v>
+        <v>682</v>
       </c>
       <c t="s" r="H375" s="9">
-        <v>305</v>
-[...2 lines deleted...]
-    <row r="376" ht="91.5" customHeight="1">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="376" ht="22.5" customHeight="1">
       <c t="s" r="A376" s="11">
-        <v>694</v>
+        <v>383</v>
       </c>
       <c t="s" r="B376" s="12">
-        <v>695</v>
+        <v>384</v>
       </c>
       <c t="s" r="C376" s="12">
-        <v>696</v>
+        <v>688</v>
       </c>
       <c t="s" r="D376" s="12">
-        <v>697</v>
+        <v>678</v>
       </c>
       <c r="E376" s="12"/>
       <c t="s" r="F376" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G376" s="13">
-        <v>81</v>
+        <v>682</v>
       </c>
       <c t="s" r="H376" s="12">
-        <v>698</v>
-[...2 lines deleted...]
-    <row r="377" ht="22.5" customHeight="1">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="377" ht="21.75" customHeight="1">
       <c t="s" r="A377" s="8">
-        <v>694</v>
+        <v>383</v>
       </c>
       <c t="s" r="B377" s="9">
-        <v>699</v>
+        <v>384</v>
       </c>
       <c t="s" r="C377" s="9">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c t="s" r="D377" s="9">
-        <v>697</v>
+        <v>678</v>
       </c>
       <c r="E377" s="9"/>
       <c t="s" r="F377" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G377" s="10">
-        <v>81</v>
-[...3 lines deleted...]
-    <row r="378" ht="21.75" customHeight="1">
+        <v>682</v>
+      </c>
+      <c t="s" r="H377" s="9">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="378" ht="22.5" customHeight="1">
       <c t="s" r="A378" s="11">
-        <v>701</v>
+        <v>383</v>
       </c>
       <c t="s" r="B378" s="12">
-        <v>699</v>
+        <v>384</v>
       </c>
       <c t="s" r="C378" s="12">
-        <v>702</v>
+        <v>691</v>
       </c>
       <c t="s" r="D378" s="12">
-        <v>697</v>
+        <v>678</v>
       </c>
       <c r="E378" s="12"/>
       <c t="s" r="F378" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G378" s="13">
-        <v>81</v>
-[...3 lines deleted...]
-    <row r="379" ht="22.5" customHeight="1">
+        <v>682</v>
+      </c>
+      <c t="s" r="H378" s="12">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="379" ht="21.75" customHeight="1">
       <c t="s" r="A379" s="8">
-        <v>694</v>
+        <v>383</v>
       </c>
       <c t="s" r="B379" s="9">
-        <v>703</v>
+        <v>384</v>
       </c>
       <c t="s" r="C379" s="9">
-        <v>704</v>
+        <v>692</v>
       </c>
       <c t="s" r="D379" s="9">
-        <v>75</v>
+        <v>678</v>
       </c>
       <c r="E379" s="9"/>
       <c t="s" r="F379" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G379" s="10">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H379" s="14"/>
+        <v>682</v>
+      </c>
+      <c t="s" r="H379" s="9">
+        <v>480</v>
+      </c>
     </row>
     <row r="380" ht="22.5" customHeight="1">
       <c t="s" r="A380" s="11">
-        <v>701</v>
+        <v>383</v>
       </c>
       <c t="s" r="B380" s="12">
-        <v>703</v>
+        <v>384</v>
       </c>
       <c t="s" r="C380" s="12">
-        <v>705</v>
+        <v>693</v>
       </c>
       <c t="s" r="D380" s="12">
-        <v>75</v>
+        <v>678</v>
       </c>
       <c r="E380" s="12"/>
       <c t="s" r="F380" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G380" s="13">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H380" s="15"/>
+        <v>682</v>
+      </c>
+      <c t="s" r="H380" s="12">
+        <v>478</v>
+      </c>
     </row>
     <row r="381" ht="21.75" customHeight="1">
       <c t="s" r="A381" s="8">
+        <v>383</v>
+      </c>
+      <c t="s" r="B381" s="9">
+        <v>384</v>
+      </c>
+      <c t="s" r="C381" s="9">
         <v>694</v>
       </c>
-      <c t="s" r="B381" s="9">
-[...4 lines deleted...]
-      </c>
       <c t="s" r="D381" s="9">
-        <v>75</v>
+        <v>678</v>
       </c>
       <c r="E381" s="9"/>
       <c t="s" r="F381" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G381" s="10">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="H381" s="14"/>
+        <v>682</v>
+      </c>
+      <c t="s" r="H381" s="9">
+        <v>478</v>
+      </c>
     </row>
     <row r="382" ht="22.5" customHeight="1">
       <c t="s" r="A382" s="11">
-        <v>701</v>
+        <v>383</v>
       </c>
       <c t="s" r="B382" s="12">
-        <v>699</v>
+        <v>384</v>
       </c>
       <c t="s" r="C382" s="12">
-        <v>708</v>
+        <v>695</v>
       </c>
       <c t="s" r="D382" s="12">
-        <v>709</v>
+        <v>678</v>
       </c>
       <c r="E382" s="12"/>
       <c t="s" r="F382" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G382" s="13">
-        <v>81</v>
-[...3 lines deleted...]
-    <row r="383" ht="91.5" customHeight="1">
+        <v>682</v>
+      </c>
+      <c t="s" r="H382" s="12">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="383" ht="22.5" customHeight="1">
       <c t="s" r="A383" s="8">
-        <v>361</v>
+        <v>383</v>
       </c>
       <c t="s" r="B383" s="9">
-        <v>259</v>
+        <v>384</v>
       </c>
       <c t="s" r="C383" s="9">
-        <v>710</v>
+        <v>696</v>
       </c>
       <c t="s" r="D383" s="9">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E383" s="9"/>
       <c t="s" r="F383" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G383" s="10">
-        <v>111</v>
+        <v>682</v>
       </c>
       <c t="s" r="H383" s="9">
-        <v>711</v>
-[...2 lines deleted...]
-    <row r="384" ht="81.75" customHeight="1">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="384" ht="21.75" customHeight="1">
       <c t="s" r="A384" s="11">
-        <v>361</v>
+        <v>383</v>
       </c>
       <c t="s" r="B384" s="12">
-        <v>259</v>
+        <v>384</v>
       </c>
       <c t="s" r="C384" s="12">
-        <v>712</v>
+        <v>698</v>
       </c>
       <c t="s" r="D384" s="12">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E384" s="12"/>
       <c t="s" r="F384" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G384" s="13">
-        <v>111</v>
+        <v>682</v>
       </c>
       <c t="s" r="H384" s="12">
-        <v>713</v>
-[...2 lines deleted...]
-    <row r="385" ht="82.5" customHeight="1">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="385" ht="22.5" customHeight="1">
       <c t="s" r="A385" s="8">
-        <v>361</v>
+        <v>383</v>
       </c>
       <c t="s" r="B385" s="9">
-        <v>259</v>
+        <v>384</v>
       </c>
       <c t="s" r="C385" s="9">
-        <v>714</v>
+        <v>700</v>
       </c>
       <c t="s" r="D385" s="9">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E385" s="9"/>
       <c t="s" r="F385" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G385" s="10">
-        <v>715</v>
+        <v>682</v>
       </c>
       <c t="s" r="H385" s="9">
-        <v>716</v>
-[...2 lines deleted...]
-    <row r="386" ht="71.25" customHeight="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="386" ht="21.75" customHeight="1">
       <c t="s" r="A386" s="11">
-        <v>258</v>
+        <v>383</v>
       </c>
       <c t="s" r="B386" s="12">
-        <v>259</v>
+        <v>384</v>
       </c>
       <c t="s" r="C386" s="12">
-        <v>717</v>
+        <v>701</v>
       </c>
       <c t="s" r="D386" s="12">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E386" s="12"/>
       <c t="s" r="F386" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G386" s="13">
-        <v>111</v>
+        <v>682</v>
       </c>
       <c t="s" r="H386" s="12">
-        <v>718</v>
+        <v>518</v>
       </c>
     </row>
     <row r="387" ht="22.5" customHeight="1">
       <c t="s" r="A387" s="8">
-        <v>361</v>
+        <v>383</v>
       </c>
       <c t="s" r="B387" s="9">
-        <v>259</v>
+        <v>384</v>
       </c>
       <c t="s" r="C387" s="9">
-        <v>719</v>
+        <v>702</v>
       </c>
       <c t="s" r="D387" s="9">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E387" s="9"/>
       <c t="s" r="F387" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G387" s="10">
-        <v>111</v>
-[...3 lines deleted...]
-    <row r="388" ht="81.75" customHeight="1">
+        <v>682</v>
+      </c>
+      <c t="s" r="H387" s="9">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="388" ht="21.75" customHeight="1">
       <c t="s" r="A388" s="11">
-        <v>258</v>
+        <v>383</v>
       </c>
       <c t="s" r="B388" s="12">
-        <v>259</v>
+        <v>384</v>
       </c>
       <c t="s" r="C388" s="12">
-        <v>720</v>
+        <v>704</v>
       </c>
       <c t="s" r="D388" s="12">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E388" s="12"/>
       <c t="s" r="F388" s="13">
-        <v>721</v>
+        <v>16</v>
       </c>
       <c t="s" r="G388" s="13">
-        <v>722</v>
+        <v>682</v>
       </c>
       <c t="s" r="H388" s="12">
-        <v>723</v>
+        <v>705</v>
       </c>
     </row>
     <row r="389" ht="22.5" customHeight="1">
       <c t="s" r="A389" s="8">
-        <v>23</v>
+        <v>383</v>
       </c>
       <c t="s" r="B389" s="9">
-        <v>24</v>
+        <v>384</v>
       </c>
       <c t="s" r="C389" s="9">
-        <v>724</v>
+        <v>706</v>
       </c>
       <c t="s" r="D389" s="9">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E389" s="9"/>
       <c t="s" r="F389" s="10">
-        <v>725</v>
+        <v>16</v>
       </c>
       <c t="s" r="G389" s="10">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="H389" s="14"/>
+        <v>682</v>
+      </c>
+      <c t="s" r="H389" s="9">
+        <v>392</v>
+      </c>
     </row>
     <row r="390" ht="21.75" customHeight="1">
       <c t="s" r="A390" s="11">
-        <v>23</v>
+        <v>383</v>
       </c>
       <c t="s" r="B390" s="12">
-        <v>24</v>
+        <v>384</v>
       </c>
       <c t="s" r="C390" s="12">
-        <v>726</v>
+        <v>707</v>
       </c>
       <c t="s" r="D390" s="12">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E390" s="12"/>
       <c t="s" r="F390" s="13">
-        <v>725</v>
+        <v>16</v>
       </c>
       <c t="s" r="G390" s="13">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="H390" s="15"/>
+        <v>682</v>
+      </c>
+      <c t="s" r="H390" s="12">
+        <v>697</v>
+      </c>
     </row>
     <row r="391" ht="22.5" customHeight="1">
       <c t="s" r="A391" s="8">
-        <v>23</v>
+        <v>383</v>
       </c>
       <c t="s" r="B391" s="9">
-        <v>24</v>
+        <v>384</v>
       </c>
       <c t="s" r="C391" s="9">
-        <v>727</v>
+        <v>708</v>
       </c>
       <c t="s" r="D391" s="9">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E391" s="9"/>
       <c t="s" r="F391" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G391" s="10">
-        <v>728</v>
-[...3 lines deleted...]
-    <row r="392" ht="21.75" customHeight="1">
+        <v>682</v>
+      </c>
+      <c t="s" r="H391" s="9">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="392" ht="22.5" customHeight="1">
       <c t="s" r="A392" s="11">
-        <v>23</v>
+        <v>383</v>
       </c>
       <c t="s" r="B392" s="12">
-        <v>24</v>
+        <v>384</v>
       </c>
       <c t="s" r="C392" s="12">
-        <v>729</v>
+        <v>709</v>
       </c>
       <c t="s" r="D392" s="12">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E392" s="12"/>
       <c t="s" r="F392" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G392" s="13">
-        <v>66</v>
-[...3 lines deleted...]
-    <row r="393" ht="22.5" customHeight="1">
+        <v>682</v>
+      </c>
+      <c t="s" r="H392" s="12">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="393" ht="21.75" customHeight="1">
       <c t="s" r="A393" s="8">
-        <v>23</v>
+        <v>383</v>
       </c>
       <c t="s" r="B393" s="9">
-        <v>24</v>
+        <v>384</v>
       </c>
       <c t="s" r="C393" s="9">
-        <v>730</v>
+        <v>710</v>
       </c>
       <c t="s" r="D393" s="9">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E393" s="9"/>
       <c t="s" r="F393" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G393" s="10">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="H393" s="14"/>
+        <v>682</v>
+      </c>
+      <c t="s" r="H393" s="9">
+        <v>711</v>
+      </c>
     </row>
     <row r="394" ht="22.5" customHeight="1">
       <c t="s" r="A394" s="11">
-        <v>23</v>
+        <v>383</v>
       </c>
       <c t="s" r="B394" s="12">
-        <v>24</v>
+        <v>384</v>
       </c>
       <c t="s" r="C394" s="12">
-        <v>731</v>
+        <v>712</v>
       </c>
       <c t="s" r="D394" s="12">
-        <v>110</v>
+        <v>678</v>
       </c>
       <c r="E394" s="12"/>
       <c t="s" r="F394" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G394" s="13">
-        <v>66</v>
-[...3 lines deleted...]
-    <row r="395" ht="42" customHeight="1">
+        <v>682</v>
+      </c>
+      <c t="s" r="H394" s="12">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="395" ht="21.75" customHeight="1">
       <c t="s" r="A395" s="8">
-        <v>197</v>
+        <v>383</v>
       </c>
       <c t="s" r="B395" s="9">
-        <v>198</v>
+        <v>384</v>
       </c>
       <c t="s" r="C395" s="9">
-        <v>732</v>
+        <v>713</v>
       </c>
       <c t="s" r="D395" s="9">
-        <v>733</v>
+        <v>678</v>
       </c>
       <c r="E395" s="9"/>
       <c t="s" r="F395" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G395" s="10">
-        <v>195</v>
-[...3 lines deleted...]
-    <row r="396" ht="42" customHeight="1">
+        <v>682</v>
+      </c>
+      <c t="s" r="H395" s="9">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="396" ht="22.5" customHeight="1">
       <c t="s" r="A396" s="11">
-        <v>197</v>
+        <v>383</v>
       </c>
       <c t="s" r="B396" s="12">
-        <v>198</v>
+        <v>384</v>
       </c>
       <c t="s" r="C396" s="12">
-        <v>734</v>
+        <v>715</v>
       </c>
       <c t="s" r="D396" s="12">
-        <v>733</v>
+        <v>678</v>
       </c>
       <c r="E396" s="12"/>
       <c t="s" r="F396" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G396" s="13">
-        <v>195</v>
-[...3 lines deleted...]
-    <row r="397" ht="42" customHeight="1">
+        <v>682</v>
+      </c>
+      <c t="s" r="H396" s="12">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="397" ht="21.75" customHeight="1">
       <c t="s" r="A397" s="8">
-        <v>413</v>
+        <v>383</v>
       </c>
       <c t="s" r="B397" s="9">
-        <v>414</v>
+        <v>384</v>
       </c>
       <c t="s" r="C397" s="9">
-        <v>735</v>
+        <v>716</v>
       </c>
       <c t="s" r="D397" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E397" s="9"/>
       <c t="s" r="F397" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G397" s="10">
-        <v>27</v>
+        <v>682</v>
       </c>
       <c t="s" r="H397" s="9">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="398" ht="42" customHeight="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="398" ht="22.5" customHeight="1">
       <c t="s" r="A398" s="11">
-        <v>413</v>
+        <v>383</v>
       </c>
       <c t="s" r="B398" s="12">
-        <v>414</v>
+        <v>384</v>
       </c>
       <c t="s" r="C398" s="12">
-        <v>737</v>
+        <v>717</v>
       </c>
       <c t="s" r="D398" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E398" s="12"/>
       <c t="s" r="F398" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G398" s="13">
-        <v>27</v>
+        <v>682</v>
       </c>
       <c t="s" r="H398" s="12">
-        <v>738</v>
-[...2 lines deleted...]
-    <row r="399" ht="22.5" customHeight="1">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="399" ht="21.75" customHeight="1">
       <c t="s" r="A399" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B399" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C399" s="9">
-        <v>739</v>
+        <v>718</v>
       </c>
       <c t="s" r="D399" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E399" s="9"/>
       <c t="s" r="F399" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G399" s="10">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H399" s="9">
-        <v>741</v>
-[...2 lines deleted...]
-    <row r="400" ht="21.75" customHeight="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="400" ht="22.5" customHeight="1">
       <c t="s" r="A400" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B400" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C400" s="12">
-        <v>742</v>
+        <v>719</v>
       </c>
       <c t="s" r="D400" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E400" s="12"/>
       <c t="s" r="F400" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G400" s="13">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H400" s="12">
-        <v>741</v>
+        <v>437</v>
       </c>
     </row>
     <row r="401" ht="22.5" customHeight="1">
       <c t="s" r="A401" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B401" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C401" s="9">
-        <v>743</v>
+        <v>720</v>
       </c>
       <c t="s" r="D401" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E401" s="9"/>
       <c t="s" r="F401" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G401" s="10">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H401" s="9">
-        <v>462</v>
+        <v>711</v>
       </c>
     </row>
     <row r="402" ht="21.75" customHeight="1">
       <c t="s" r="A402" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B402" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C402" s="12">
-        <v>744</v>
+        <v>721</v>
       </c>
       <c t="s" r="D402" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E402" s="12"/>
       <c t="s" r="F402" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G402" s="13">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H402" s="12">
-        <v>745</v>
+        <v>722</v>
       </c>
     </row>
     <row r="403" ht="22.5" customHeight="1">
       <c t="s" r="A403" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B403" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C403" s="9">
-        <v>746</v>
+        <v>723</v>
       </c>
       <c t="s" r="D403" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E403" s="9"/>
       <c t="s" r="F403" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G403" s="10">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H403" s="9">
-        <v>747</v>
+        <v>722</v>
       </c>
     </row>
     <row r="404" ht="21.75" customHeight="1">
       <c t="s" r="A404" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B404" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C404" s="12">
-        <v>748</v>
+        <v>724</v>
       </c>
       <c t="s" r="D404" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E404" s="12"/>
       <c t="s" r="F404" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G404" s="13">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H404" s="12">
-        <v>513</v>
+        <v>725</v>
       </c>
     </row>
     <row r="405" ht="22.5" customHeight="1">
       <c t="s" r="A405" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B405" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C405" s="9">
-        <v>749</v>
+        <v>726</v>
       </c>
       <c t="s" r="D405" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E405" s="9"/>
       <c t="s" r="F405" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G405" s="10">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H405" s="9">
-        <v>513</v>
+        <v>714</v>
       </c>
     </row>
     <row r="406" ht="21.75" customHeight="1">
       <c t="s" r="A406" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B406" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C406" s="12">
-        <v>750</v>
+        <v>727</v>
       </c>
       <c t="s" r="D406" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E406" s="12"/>
       <c t="s" r="F406" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G406" s="13">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H406" s="12">
-        <v>555</v>
+        <v>480</v>
       </c>
     </row>
     <row r="407" ht="22.5" customHeight="1">
       <c t="s" r="A407" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B407" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C407" s="9">
-        <v>751</v>
+        <v>728</v>
       </c>
       <c t="s" r="D407" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E407" s="9"/>
       <c t="s" r="F407" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G407" s="10">
-        <v>740</v>
+        <v>729</v>
       </c>
       <c t="s" r="H407" s="9">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="408" ht="22.5" customHeight="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="408" ht="21.75" customHeight="1">
       <c t="s" r="A408" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B408" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C408" s="12">
-        <v>752</v>
+        <v>731</v>
       </c>
       <c t="s" r="D408" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E408" s="12"/>
       <c t="s" r="F408" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G408" s="13">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H408" s="12">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="409" ht="21.75" customHeight="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="409" ht="22.5" customHeight="1">
       <c t="s" r="A409" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B409" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C409" s="9">
-        <v>753</v>
+        <v>732</v>
       </c>
       <c t="s" r="D409" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E409" s="9"/>
       <c t="s" r="F409" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G409" s="10">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H409" s="9">
-        <v>460</v>
+        <v>395</v>
       </c>
     </row>
     <row r="410" ht="22.5" customHeight="1">
       <c t="s" r="A410" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B410" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C410" s="12">
-        <v>754</v>
+        <v>733</v>
       </c>
       <c t="s" r="D410" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E410" s="12"/>
       <c t="s" r="F410" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G410" s="13">
-        <v>740</v>
+        <v>300</v>
       </c>
       <c t="s" r="H410" s="12">
-        <v>755</v>
+        <v>518</v>
       </c>
     </row>
     <row r="411" ht="21.75" customHeight="1">
       <c t="s" r="A411" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B411" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C411" s="9">
-        <v>756</v>
+        <v>734</v>
       </c>
       <c t="s" r="D411" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E411" s="9"/>
       <c t="s" r="F411" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G411" s="10">
-        <v>740</v>
+        <v>300</v>
       </c>
       <c t="s" r="H411" s="9">
-        <v>757</v>
+        <v>518</v>
       </c>
     </row>
     <row r="412" ht="22.5" customHeight="1">
       <c t="s" r="A412" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B412" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C412" s="12">
-        <v>758</v>
+        <v>735</v>
       </c>
       <c t="s" r="D412" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E412" s="12"/>
       <c t="s" r="F412" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G412" s="13">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H412" s="12">
-        <v>593</v>
+        <v>478</v>
       </c>
     </row>
     <row r="413" ht="21.75" customHeight="1">
       <c t="s" r="A413" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B413" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C413" s="9">
-        <v>759</v>
+        <v>736</v>
       </c>
       <c t="s" r="D413" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E413" s="9"/>
       <c t="s" r="F413" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G413" s="10">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H413" s="9">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="414" ht="22.5" customHeight="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="414" ht="52.5" customHeight="1">
       <c t="s" r="A414" s="11">
-        <v>451</v>
+        <v>12</v>
       </c>
       <c t="s" r="B414" s="12">
-        <v>452</v>
+        <v>13</v>
       </c>
       <c t="s" r="C414" s="12">
-        <v>760</v>
+        <v>737</v>
       </c>
       <c t="s" r="D414" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E414" s="12"/>
       <c t="s" r="F414" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G414" s="13">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H414" s="12">
-        <v>761</v>
-[...2 lines deleted...]
-    <row r="415" ht="21.75" customHeight="1">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="415" ht="51.75" customHeight="1">
       <c t="s" r="A415" s="8">
-        <v>451</v>
+        <v>12</v>
       </c>
       <c t="s" r="B415" s="9">
-        <v>452</v>
+        <v>13</v>
       </c>
       <c t="s" r="C415" s="9">
-        <v>762</v>
+        <v>738</v>
       </c>
       <c t="s" r="D415" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E415" s="9"/>
       <c t="s" r="F415" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G415" s="10">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H415" s="9">
-        <v>763</v>
+        <v>414</v>
       </c>
     </row>
     <row r="416" ht="22.5" customHeight="1">
       <c t="s" r="A416" s="11">
-        <v>451</v>
+        <v>12</v>
       </c>
       <c t="s" r="B416" s="12">
-        <v>452</v>
+        <v>13</v>
       </c>
       <c t="s" r="C416" s="12">
-        <v>764</v>
+        <v>739</v>
       </c>
       <c t="s" r="D416" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E416" s="12"/>
       <c t="s" r="F416" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G416" s="13">
+        <v>682</v>
+      </c>
+      <c t="s" r="H416" s="12">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="417" ht="51.75" customHeight="1">
+      <c t="s" r="A417" s="8">
+        <v>12</v>
+      </c>
+      <c t="s" r="B417" s="9">
+        <v>13</v>
+      </c>
+      <c t="s" r="C417" s="9">
         <v>740</v>
       </c>
-      <c t="s" r="H416" s="12">
-[...12 lines deleted...]
-      </c>
       <c t="s" r="D417" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E417" s="9"/>
       <c t="s" r="F417" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G417" s="10">
-        <v>740</v>
+        <v>31</v>
       </c>
       <c t="s" r="H417" s="9">
-        <v>755</v>
+        <v>414</v>
       </c>
     </row>
     <row r="418" ht="21.75" customHeight="1">
       <c t="s" r="A418" s="11">
-        <v>451</v>
+        <v>12</v>
       </c>
       <c t="s" r="B418" s="12">
-        <v>452</v>
+        <v>13</v>
       </c>
       <c t="s" r="C418" s="12">
-        <v>766</v>
+        <v>741</v>
       </c>
       <c t="s" r="D418" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E418" s="12"/>
       <c t="s" r="F418" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G418" s="13">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c t="s" r="H418" s="12">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="419" ht="22.5" customHeight="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="419" ht="42.75" customHeight="1">
       <c t="s" r="A419" s="8">
-        <v>451</v>
+        <v>12</v>
       </c>
       <c t="s" r="B419" s="9">
-        <v>452</v>
+        <v>13</v>
       </c>
       <c t="s" r="C419" s="9">
-        <v>767</v>
+        <v>742</v>
       </c>
       <c t="s" r="D419" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E419" s="9"/>
       <c t="s" r="F419" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G419" s="10">
-        <v>740</v>
+        <v>31</v>
       </c>
       <c t="s" r="H419" s="9">
-        <v>761</v>
+        <v>743</v>
       </c>
     </row>
     <row r="420" ht="21.75" customHeight="1">
       <c t="s" r="A420" s="11">
-        <v>451</v>
+        <v>12</v>
       </c>
       <c t="s" r="B420" s="12">
-        <v>452</v>
+        <v>13</v>
       </c>
       <c t="s" r="C420" s="12">
-        <v>768</v>
+        <v>744</v>
       </c>
       <c t="s" r="D420" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E420" s="12"/>
       <c t="s" r="F420" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G420" s="13">
-        <v>740</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="H420" s="15"/>
     </row>
     <row r="421" ht="22.5" customHeight="1">
       <c t="s" r="A421" s="8">
-        <v>451</v>
+        <v>745</v>
       </c>
       <c t="s" r="B421" s="9">
-        <v>452</v>
+        <v>746</v>
       </c>
       <c t="s" r="C421" s="9">
-        <v>770</v>
+        <v>747</v>
       </c>
       <c t="s" r="D421" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E421" s="9"/>
       <c t="s" r="F421" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G421" s="10">
-        <v>740</v>
-[...3 lines deleted...]
-      </c>
+        <v>748</v>
+      </c>
+      <c r="H421" s="14"/>
     </row>
     <row r="422" ht="21.75" customHeight="1">
       <c t="s" r="A422" s="11">
-        <v>451</v>
+        <v>745</v>
       </c>
       <c t="s" r="B422" s="12">
-        <v>452</v>
+        <v>746</v>
       </c>
       <c t="s" r="C422" s="12">
-        <v>771</v>
+        <v>749</v>
       </c>
       <c t="s" r="D422" s="12">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E422" s="12"/>
       <c t="s" r="F422" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G422" s="13">
-        <v>740</v>
-[...3 lines deleted...]
-      </c>
+        <v>748</v>
+      </c>
+      <c r="H422" s="15"/>
     </row>
     <row r="423" ht="22.5" customHeight="1">
       <c t="s" r="A423" s="8">
-        <v>451</v>
+        <v>320</v>
       </c>
       <c t="s" r="B423" s="9">
-        <v>452</v>
+        <v>321</v>
       </c>
       <c t="s" r="C423" s="9">
-        <v>773</v>
+        <v>750</v>
       </c>
       <c t="s" r="D423" s="9">
-        <v>736</v>
+        <v>678</v>
       </c>
       <c r="E423" s="9"/>
       <c t="s" r="F423" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G423" s="10">
-        <v>740</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="H423" s="14"/>
     </row>
     <row r="424" ht="21.75" customHeight="1">
       <c t="s" r="A424" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B424" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C424" s="12">
-        <v>774</v>
+        <v>751</v>
       </c>
       <c t="s" r="D424" s="12">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="E424" s="12"/>
       <c t="s" r="F424" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G424" s="13">
-        <v>740</v>
+        <v>31</v>
       </c>
       <c t="s" r="H424" s="12">
-        <v>593</v>
+        <v>753</v>
       </c>
     </row>
     <row r="425" ht="22.5" customHeight="1">
       <c t="s" r="A425" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B425" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C425" s="9">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c t="s" r="D425" s="9">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="E425" s="9"/>
       <c t="s" r="F425" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G425" s="10">
-        <v>740</v>
+        <v>31</v>
       </c>
       <c t="s" r="H425" s="9">
-        <v>763</v>
-[...2 lines deleted...]
-    <row r="426" ht="22.5" customHeight="1">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="426" ht="21.75" customHeight="1">
       <c t="s" r="A426" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B426" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C426" s="12">
-        <v>776</v>
+        <v>756</v>
       </c>
       <c t="s" r="D426" s="12">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="E426" s="12"/>
       <c t="s" r="F426" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G426" s="13">
-        <v>740</v>
+        <v>31</v>
       </c>
       <c t="s" r="H426" s="12">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="427" ht="21.75" customHeight="1">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="427" ht="22.5" customHeight="1">
       <c t="s" r="A427" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B427" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C427" s="9">
-        <v>777</v>
+        <v>758</v>
       </c>
       <c t="s" r="D427" s="9">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="E427" s="9"/>
       <c t="s" r="F427" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G427" s="10">
-        <v>740</v>
+        <v>31</v>
       </c>
       <c t="s" r="H427" s="9">
-        <v>513</v>
+        <v>759</v>
       </c>
     </row>
     <row r="428" ht="22.5" customHeight="1">
       <c t="s" r="A428" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B428" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C428" s="12">
-        <v>778</v>
+        <v>760</v>
       </c>
       <c t="s" r="D428" s="12">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="E428" s="12"/>
       <c t="s" r="F428" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G428" s="13">
-        <v>740</v>
+        <v>31</v>
       </c>
       <c t="s" r="H428" s="12">
-        <v>769</v>
+        <v>761</v>
       </c>
     </row>
     <row r="429" ht="21.75" customHeight="1">
       <c t="s" r="A429" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B429" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C429" s="9">
-        <v>779</v>
+        <v>762</v>
       </c>
       <c t="s" r="D429" s="9">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="E429" s="9"/>
       <c t="s" r="F429" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G429" s="10">
-        <v>740</v>
+        <v>240</v>
       </c>
       <c t="s" r="H429" s="9">
-        <v>780</v>
+        <v>763</v>
       </c>
     </row>
     <row r="430" ht="22.5" customHeight="1">
       <c t="s" r="A430" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B430" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C430" s="12">
-        <v>781</v>
+        <v>764</v>
       </c>
       <c t="s" r="D430" s="12">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="E430" s="12"/>
       <c t="s" r="F430" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G430" s="13">
-        <v>740</v>
+        <v>240</v>
       </c>
       <c t="s" r="H430" s="12">
-        <v>780</v>
+        <v>765</v>
       </c>
     </row>
     <row r="431" ht="21.75" customHeight="1">
       <c t="s" r="A431" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B431" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C431" s="9">
-        <v>782</v>
+        <v>766</v>
       </c>
       <c t="s" r="D431" s="9">
-        <v>736</v>
+        <v>752</v>
       </c>
       <c r="E431" s="9"/>
       <c t="s" r="F431" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G431" s="10">
-        <v>740</v>
+        <v>240</v>
       </c>
       <c t="s" r="H431" s="9">
-        <v>783</v>
-[...2 lines deleted...]
-    <row r="432" ht="22.5" customHeight="1">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="432" ht="42" customHeight="1">
       <c t="s" r="A432" s="11">
-        <v>451</v>
+        <v>353</v>
       </c>
       <c t="s" r="B432" s="12">
-        <v>452</v>
+        <v>354</v>
       </c>
       <c t="s" r="C432" s="12">
-        <v>784</v>
+        <v>768</v>
       </c>
       <c t="s" r="D432" s="12">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E432" s="12"/>
       <c t="s" r="F432" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G432" s="13">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c t="s" r="H432" s="12">
-        <v>772</v>
-[...2 lines deleted...]
-    <row r="433" ht="21.75" customHeight="1">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="433" ht="72" customHeight="1">
       <c t="s" r="A433" s="8">
-        <v>451</v>
+        <v>353</v>
       </c>
       <c t="s" r="B433" s="9">
-        <v>452</v>
+        <v>354</v>
       </c>
       <c t="s" r="C433" s="9">
-        <v>785</v>
+        <v>771</v>
       </c>
       <c t="s" r="D433" s="9">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E433" s="9"/>
       <c t="s" r="F433" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G433" s="10">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c t="s" r="H433" s="9">
-        <v>555</v>
-[...2 lines deleted...]
-    <row r="434" ht="22.5" customHeight="1">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="434" ht="42" customHeight="1">
       <c t="s" r="A434" s="11">
-        <v>451</v>
+        <v>353</v>
       </c>
       <c t="s" r="B434" s="12">
-        <v>452</v>
+        <v>354</v>
       </c>
       <c t="s" r="C434" s="12">
-        <v>786</v>
+        <v>773</v>
       </c>
       <c t="s" r="D434" s="12">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E434" s="12"/>
       <c t="s" r="F434" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G434" s="13">
-        <v>787</v>
+        <v>770</v>
       </c>
       <c t="s" r="H434" s="12">
-        <v>788</v>
+        <v>357</v>
       </c>
     </row>
     <row r="435" ht="22.5" customHeight="1">
       <c t="s" r="A435" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B435" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C435" s="9">
-        <v>789</v>
+        <v>774</v>
       </c>
       <c t="s" r="D435" s="9">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E435" s="9"/>
       <c t="s" r="F435" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G435" s="10">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c t="s" r="H435" s="9">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="436" ht="21.75" customHeight="1">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="436" ht="22.5" customHeight="1">
       <c t="s" r="A436" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B436" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C436" s="12">
-        <v>790</v>
+        <v>775</v>
       </c>
       <c t="s" r="D436" s="12">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E436" s="12"/>
       <c t="s" r="F436" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G436" s="13">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c t="s" r="H436" s="12">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="437" ht="22.5" customHeight="1">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="437" ht="21.75" customHeight="1">
       <c t="s" r="A437" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B437" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C437" s="9">
-        <v>791</v>
+        <v>776</v>
       </c>
       <c t="s" r="D437" s="9">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E437" s="9"/>
       <c t="s" r="F437" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G437" s="10">
-        <v>352</v>
+        <v>770</v>
       </c>
       <c t="s" r="H437" s="9">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="438" ht="21.75" customHeight="1">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="438" ht="22.5" customHeight="1">
       <c t="s" r="A438" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B438" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C438" s="12">
-        <v>792</v>
+        <v>777</v>
       </c>
       <c t="s" r="D438" s="12">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E438" s="12"/>
       <c t="s" r="F438" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G438" s="13">
-        <v>352</v>
+        <v>770</v>
       </c>
       <c t="s" r="H438" s="12">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="439" ht="22.5" customHeight="1">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="439" ht="21.75" customHeight="1">
       <c t="s" r="A439" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B439" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C439" s="9">
-        <v>793</v>
+        <v>779</v>
       </c>
       <c t="s" r="D439" s="9">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E439" s="9"/>
       <c t="s" r="F439" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G439" s="10">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c t="s" r="H439" s="9">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="440" ht="21.75" customHeight="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="440" ht="22.5" customHeight="1">
       <c t="s" r="A440" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B440" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C440" s="12">
-        <v>794</v>
+        <v>780</v>
       </c>
       <c t="s" r="D440" s="12">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E440" s="12"/>
       <c t="s" r="F440" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G440" s="13">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c t="s" r="H440" s="12">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="441" ht="52.5" customHeight="1">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="441" ht="21.75" customHeight="1">
       <c t="s" r="A441" s="8">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B441" s="9">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C441" s="9">
-        <v>795</v>
+        <v>782</v>
       </c>
       <c t="s" r="D441" s="9">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E441" s="9"/>
       <c t="s" r="F441" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G441" s="10">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c t="s" r="H441" s="9">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="442" ht="51.75" customHeight="1">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="442" ht="22.5" customHeight="1">
       <c t="s" r="A442" s="11">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B442" s="12">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C442" s="12">
-        <v>796</v>
+        <v>783</v>
       </c>
       <c t="s" r="D442" s="12">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E442" s="12"/>
       <c t="s" r="F442" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G442" s="13">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c t="s" r="H442" s="12">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="443" ht="22.5" customHeight="1">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="443" ht="21.75" customHeight="1">
       <c t="s" r="A443" s="8">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B443" s="9">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C443" s="9">
-        <v>797</v>
+        <v>785</v>
       </c>
       <c t="s" r="D443" s="9">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E443" s="9"/>
       <c t="s" r="F443" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G443" s="10">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c t="s" r="H443" s="9">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="444" ht="51.75" customHeight="1">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="444" ht="22.5" customHeight="1">
       <c t="s" r="A444" s="11">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B444" s="12">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C444" s="12">
-        <v>798</v>
+        <v>787</v>
       </c>
       <c t="s" r="D444" s="12">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E444" s="12"/>
       <c t="s" r="F444" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G444" s="13">
-        <v>31</v>
+        <v>770</v>
       </c>
       <c t="s" r="H444" s="12">
-        <v>484</v>
+        <v>392</v>
       </c>
     </row>
     <row r="445" ht="22.5" customHeight="1">
       <c t="s" r="A445" s="8">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B445" s="9">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C445" s="9">
-        <v>799</v>
+        <v>788</v>
       </c>
       <c t="s" r="D445" s="9">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E445" s="9"/>
       <c t="s" r="F445" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G445" s="10">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c t="s" r="H445" s="9">
-        <v>18</v>
-[...2 lines deleted...]
-    <row r="446" ht="42" customHeight="1">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="446" ht="21.75" customHeight="1">
       <c t="s" r="A446" s="11">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B446" s="12">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C446" s="12">
-        <v>800</v>
+        <v>789</v>
       </c>
       <c t="s" r="D446" s="12">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E446" s="12"/>
       <c t="s" r="F446" s="13">
-        <v>16</v>
+        <v>790</v>
       </c>
       <c t="s" r="G446" s="13">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="447" ht="21.75" customHeight="1">
+        <v>770</v>
+      </c>
+      <c r="H446" s="15"/>
+    </row>
+    <row r="447" ht="22.5" customHeight="1">
       <c t="s" r="A447" s="8">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B447" s="9">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C447" s="9">
-        <v>802</v>
+        <v>791</v>
       </c>
       <c t="s" r="D447" s="9">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E447" s="9"/>
       <c t="s" r="F447" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G447" s="10">
-        <v>352</v>
-[...3 lines deleted...]
-    <row r="448" ht="22.5" customHeight="1">
+        <v>770</v>
+      </c>
+      <c t="s" r="H447" s="9">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="448" ht="21.75" customHeight="1">
       <c t="s" r="A448" s="11">
-        <v>803</v>
+        <v>383</v>
       </c>
       <c t="s" r="B448" s="12">
-        <v>804</v>
+        <v>384</v>
       </c>
       <c t="s" r="C448" s="12">
-        <v>805</v>
+        <v>792</v>
       </c>
       <c t="s" r="D448" s="12">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E448" s="12"/>
       <c t="s" r="F448" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G448" s="13">
-        <v>806</v>
-[...3 lines deleted...]
-    <row r="449" ht="21.75" customHeight="1">
+        <v>770</v>
+      </c>
+      <c t="s" r="H448" s="12">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="449" ht="22.5" customHeight="1">
       <c t="s" r="A449" s="8">
-        <v>803</v>
+        <v>383</v>
       </c>
       <c t="s" r="B449" s="9">
-        <v>804</v>
+        <v>384</v>
       </c>
       <c t="s" r="C449" s="9">
-        <v>807</v>
+        <v>793</v>
       </c>
       <c t="s" r="D449" s="9">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E449" s="9"/>
       <c t="s" r="F449" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G449" s="10">
-        <v>806</v>
-[...3 lines deleted...]
-    <row r="450" ht="22.5" customHeight="1">
+        <v>770</v>
+      </c>
+      <c t="s" r="H449" s="9">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="450" ht="21.75" customHeight="1">
       <c t="s" r="A450" s="11">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c t="s" r="B450" s="12">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c t="s" r="C450" s="12">
-        <v>808</v>
+        <v>795</v>
       </c>
       <c t="s" r="D450" s="12">
-        <v>736</v>
+        <v>769</v>
       </c>
       <c r="E450" s="12"/>
       <c t="s" r="F450" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G450" s="13">
-        <v>282</v>
-[...3 lines deleted...]
-    <row r="451" ht="21.75" customHeight="1">
+        <v>770</v>
+      </c>
+      <c t="s" r="H450" s="12">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="451" ht="22.5" customHeight="1">
       <c t="s" r="A451" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B451" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C451" s="9">
-        <v>809</v>
+        <v>796</v>
       </c>
       <c t="s" r="D451" s="9">
-        <v>810</v>
+        <v>769</v>
       </c>
       <c r="E451" s="9"/>
       <c t="s" r="F451" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G451" s="10">
-        <v>31</v>
+        <v>770</v>
       </c>
       <c t="s" r="H451" s="9">
-        <v>811</v>
-[...2 lines deleted...]
-    <row r="452" ht="22.5" customHeight="1">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="452" ht="21.75" customHeight="1">
       <c t="s" r="A452" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B452" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C452" s="12">
-        <v>812</v>
+        <v>798</v>
       </c>
       <c t="s" r="D452" s="12">
-        <v>810</v>
+        <v>769</v>
       </c>
       <c r="E452" s="12"/>
       <c t="s" r="F452" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G452" s="13">
-        <v>31</v>
+        <v>770</v>
       </c>
       <c t="s" r="H452" s="12">
-        <v>813</v>
+        <v>799</v>
       </c>
     </row>
     <row r="453" ht="22.5" customHeight="1">
       <c t="s" r="A453" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B453" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C453" s="9">
-        <v>814</v>
+        <v>800</v>
       </c>
       <c t="s" r="D453" s="9">
-        <v>810</v>
+        <v>769</v>
       </c>
       <c r="E453" s="9"/>
       <c t="s" r="F453" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G453" s="10">
-        <v>31</v>
+        <v>770</v>
       </c>
       <c t="s" r="H453" s="9">
-        <v>815</v>
+        <v>801</v>
       </c>
     </row>
     <row r="454" ht="21.75" customHeight="1">
       <c t="s" r="A454" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B454" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C454" s="12">
-        <v>816</v>
+        <v>802</v>
       </c>
       <c t="s" r="D454" s="12">
-        <v>810</v>
+        <v>769</v>
       </c>
       <c r="E454" s="12"/>
       <c t="s" r="F454" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G454" s="13">
-        <v>31</v>
+        <v>770</v>
       </c>
       <c t="s" r="H454" s="12">
-        <v>817</v>
+        <v>801</v>
       </c>
     </row>
     <row r="455" ht="22.5" customHeight="1">
       <c t="s" r="A455" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B455" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C455" s="9">
-        <v>818</v>
+        <v>803</v>
       </c>
       <c t="s" r="D455" s="9">
-        <v>810</v>
+        <v>769</v>
       </c>
       <c r="E455" s="9"/>
       <c t="s" r="F455" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G455" s="10">
-        <v>31</v>
+        <v>770</v>
       </c>
       <c t="s" r="H455" s="9">
-        <v>819</v>
-[...2 lines deleted...]
-    <row r="456" ht="21.75" customHeight="1">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="456" ht="22.5" customHeight="1">
       <c t="s" r="A456" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B456" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C456" s="12">
-        <v>820</v>
+        <v>805</v>
       </c>
       <c t="s" r="D456" s="12">
-        <v>810</v>
+        <v>769</v>
       </c>
       <c r="E456" s="12"/>
       <c t="s" r="F456" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G456" s="13">
-        <v>282</v>
+        <v>770</v>
       </c>
       <c t="s" r="H456" s="12">
-        <v>821</v>
-[...2 lines deleted...]
-    <row r="457" ht="22.5" customHeight="1">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="457" ht="21.75" customHeight="1">
       <c t="s" r="A457" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B457" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C457" s="9">
-        <v>822</v>
+        <v>807</v>
       </c>
       <c t="s" r="D457" s="9">
-        <v>810</v>
+        <v>769</v>
       </c>
       <c r="E457" s="9"/>
       <c t="s" r="F457" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G457" s="10">
-        <v>282</v>
+        <v>770</v>
       </c>
       <c t="s" r="H457" s="9">
-        <v>823</v>
-[...2 lines deleted...]
-    <row r="458" ht="21.75" customHeight="1">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="458" ht="22.5" customHeight="1">
       <c t="s" r="A458" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B458" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C458" s="12">
-        <v>824</v>
+        <v>808</v>
       </c>
       <c t="s" r="D458" s="12">
-        <v>810</v>
+        <v>769</v>
       </c>
       <c r="E458" s="12"/>
       <c t="s" r="F458" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G458" s="13">
-        <v>282</v>
+        <v>770</v>
       </c>
       <c t="s" r="H458" s="12">
-        <v>825</v>
-[...2 lines deleted...]
-    <row r="459" ht="42" customHeight="1">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="459" ht="21.75" customHeight="1">
       <c t="s" r="A459" s="8">
-        <v>413</v>
+        <v>383</v>
       </c>
       <c t="s" r="B459" s="9">
-        <v>414</v>
+        <v>384</v>
       </c>
       <c t="s" r="C459" s="9">
-        <v>826</v>
+        <v>810</v>
       </c>
       <c t="s" r="D459" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E459" s="9"/>
       <c t="s" r="F459" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G459" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H459" s="9">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="460" ht="72" customHeight="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="460" ht="22.5" customHeight="1">
       <c t="s" r="A460" s="11">
-        <v>413</v>
+        <v>383</v>
       </c>
       <c t="s" r="B460" s="12">
-        <v>414</v>
+        <v>384</v>
       </c>
       <c t="s" r="C460" s="12">
-        <v>829</v>
+        <v>811</v>
       </c>
       <c t="s" r="D460" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E460" s="12"/>
       <c t="s" r="F460" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G460" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H460" s="12">
-        <v>830</v>
-[...2 lines deleted...]
-    <row r="461" ht="42.75" customHeight="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="461" ht="21.75" customHeight="1">
       <c t="s" r="A461" s="8">
-        <v>413</v>
+        <v>383</v>
       </c>
       <c t="s" r="B461" s="9">
-        <v>414</v>
+        <v>384</v>
       </c>
       <c t="s" r="C461" s="9">
-        <v>831</v>
+        <v>812</v>
       </c>
       <c t="s" r="D461" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E461" s="9"/>
       <c t="s" r="F461" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G461" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H461" s="9">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="462" ht="21.75" customHeight="1">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="462" ht="22.5" customHeight="1">
       <c t="s" r="A462" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B462" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C462" s="12">
-        <v>832</v>
+        <v>813</v>
       </c>
       <c t="s" r="D462" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E462" s="12"/>
       <c t="s" r="F462" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G462" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H462" s="12">
-        <v>532</v>
-[...2 lines deleted...]
-    <row r="463" ht="22.5" customHeight="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="463" ht="21.75" customHeight="1">
       <c t="s" r="A463" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B463" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C463" s="9">
-        <v>833</v>
+        <v>814</v>
       </c>
       <c t="s" r="D463" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E463" s="9"/>
       <c t="s" r="F463" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G463" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H463" s="9">
-        <v>455</v>
-[...2 lines deleted...]
-    <row r="464" ht="21.75" customHeight="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="464" ht="22.5" customHeight="1">
       <c t="s" r="A464" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B464" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C464" s="12">
-        <v>834</v>
+        <v>815</v>
       </c>
       <c t="s" r="D464" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E464" s="12"/>
       <c t="s" r="F464" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G464" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H464" s="12">
-        <v>455</v>
+        <v>470</v>
       </c>
     </row>
     <row r="465" ht="22.5" customHeight="1">
       <c t="s" r="A465" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B465" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C465" s="9">
-        <v>835</v>
+        <v>816</v>
       </c>
       <c t="s" r="D465" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E465" s="9"/>
       <c t="s" r="F465" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G465" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H465" s="9">
-        <v>836</v>
+        <v>470</v>
       </c>
     </row>
     <row r="466" ht="21.75" customHeight="1">
       <c t="s" r="A466" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B466" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C466" s="12">
-        <v>837</v>
+        <v>817</v>
       </c>
       <c t="s" r="D466" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E466" s="12"/>
       <c t="s" r="F466" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G466" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H466" s="12">
-        <v>540</v>
+        <v>470</v>
       </c>
     </row>
     <row r="467" ht="22.5" customHeight="1">
       <c t="s" r="A467" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B467" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C467" s="9">
-        <v>838</v>
+        <v>818</v>
       </c>
       <c t="s" r="D467" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E467" s="9"/>
       <c t="s" r="F467" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G467" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H467" s="9">
-        <v>839</v>
+        <v>819</v>
       </c>
     </row>
     <row r="468" ht="21.75" customHeight="1">
       <c t="s" r="A468" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B468" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C468" s="12">
-        <v>840</v>
+        <v>820</v>
       </c>
       <c t="s" r="D468" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E468" s="12"/>
       <c t="s" r="F468" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G468" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H468" s="12">
-        <v>540</v>
+        <v>535</v>
       </c>
     </row>
     <row r="469" ht="22.5" customHeight="1">
       <c t="s" r="A469" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B469" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C469" s="9">
-        <v>841</v>
+        <v>821</v>
       </c>
       <c t="s" r="D469" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E469" s="9"/>
       <c t="s" r="F469" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G469" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H469" s="9">
-        <v>842</v>
-[...2 lines deleted...]
-    <row r="470" ht="22.5" customHeight="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="470" ht="21.75" customHeight="1">
       <c t="s" r="A470" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B470" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C470" s="12">
-        <v>843</v>
+        <v>822</v>
       </c>
       <c t="s" r="D470" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E470" s="12"/>
       <c t="s" r="F470" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G470" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H470" s="12">
-        <v>844</v>
-[...2 lines deleted...]
-    <row r="471" ht="21.75" customHeight="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="471" ht="22.5" customHeight="1">
       <c t="s" r="A471" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B471" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C471" s="9">
-        <v>845</v>
+        <v>823</v>
       </c>
       <c t="s" r="D471" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E471" s="9"/>
       <c t="s" r="F471" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G471" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H471" s="9">
-        <v>462</v>
-[...2 lines deleted...]
-    <row r="472" ht="22.5" customHeight="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="472" ht="21.75" customHeight="1">
       <c t="s" r="A472" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B472" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C472" s="12">
-        <v>846</v>
+        <v>824</v>
       </c>
       <c t="s" r="D472" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E472" s="12"/>
       <c t="s" r="F472" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G472" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H472" s="12">
-        <v>844</v>
-[...2 lines deleted...]
-    <row r="473" ht="21.75" customHeight="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="473" ht="22.5" customHeight="1">
       <c t="s" r="A473" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B473" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C473" s="9">
-        <v>847</v>
+        <v>825</v>
       </c>
       <c t="s" r="D473" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E473" s="9"/>
       <c t="s" r="F473" s="10">
-        <v>848</v>
+        <v>40</v>
       </c>
       <c t="s" r="G473" s="10">
-        <v>828</v>
-[...1 lines deleted...]
-      <c r="H473" s="14"/>
+        <v>770</v>
+      </c>
+      <c t="s" r="H473" s="9">
+        <v>535</v>
+      </c>
     </row>
     <row r="474" ht="22.5" customHeight="1">
       <c t="s" r="A474" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B474" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C474" s="12">
-        <v>849</v>
+        <v>826</v>
       </c>
       <c t="s" r="D474" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E474" s="12"/>
       <c t="s" r="F474" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G474" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H474" s="12">
-        <v>513</v>
+        <v>535</v>
       </c>
     </row>
     <row r="475" ht="21.75" customHeight="1">
       <c t="s" r="A475" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B475" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C475" s="9">
-        <v>850</v>
+        <v>827</v>
       </c>
       <c t="s" r="D475" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E475" s="9"/>
       <c t="s" r="F475" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G475" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H475" s="9">
-        <v>513</v>
+        <v>535</v>
       </c>
     </row>
     <row r="476" ht="22.5" customHeight="1">
       <c t="s" r="A476" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B476" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C476" s="12">
-        <v>851</v>
+        <v>828</v>
       </c>
       <c t="s" r="D476" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E476" s="12"/>
       <c t="s" r="F476" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G476" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H476" s="12">
-        <v>852</v>
+        <v>786</v>
       </c>
     </row>
     <row r="477" ht="21.75" customHeight="1">
       <c t="s" r="A477" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B477" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C477" s="9">
-        <v>853</v>
+        <v>829</v>
       </c>
       <c t="s" r="D477" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E477" s="9"/>
       <c t="s" r="F477" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G477" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H477" s="9">
-        <v>852</v>
+        <v>786</v>
       </c>
     </row>
     <row r="478" ht="22.5" customHeight="1">
       <c t="s" r="A478" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B478" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C478" s="12">
-        <v>854</v>
+        <v>830</v>
       </c>
       <c t="s" r="D478" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E478" s="12"/>
       <c t="s" r="F478" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G478" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H478" s="12">
-        <v>855</v>
-[...2 lines deleted...]
-    <row r="479" ht="22.5" customHeight="1">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="479" ht="21.75" customHeight="1">
       <c t="s" r="A479" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B479" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C479" s="9">
-        <v>856</v>
+        <v>832</v>
       </c>
       <c t="s" r="D479" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E479" s="9"/>
       <c t="s" r="F479" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G479" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H479" s="9">
-        <v>857</v>
-[...2 lines deleted...]
-    <row r="480" ht="21.75" customHeight="1">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="480" ht="22.5" customHeight="1">
       <c t="s" r="A480" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B480" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C480" s="12">
-        <v>858</v>
+        <v>834</v>
       </c>
       <c t="s" r="D480" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E480" s="12"/>
       <c t="s" r="F480" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G480" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H480" s="12">
-        <v>859</v>
-[...2 lines deleted...]
-    <row r="481" ht="22.5" customHeight="1">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="481" ht="21.75" customHeight="1">
       <c t="s" r="A481" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B481" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C481" s="9">
-        <v>860</v>
+        <v>836</v>
       </c>
       <c t="s" r="D481" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E481" s="9"/>
       <c t="s" r="F481" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G481" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H481" s="9">
-        <v>859</v>
-[...2 lines deleted...]
-    <row r="482" ht="21.75" customHeight="1">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="482" ht="22.5" customHeight="1">
       <c t="s" r="A482" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B482" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C482" s="12">
-        <v>861</v>
+        <v>837</v>
       </c>
       <c t="s" r="D482" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E482" s="12"/>
       <c t="s" r="F482" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G482" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H482" s="12">
-        <v>862</v>
+        <v>838</v>
       </c>
     </row>
     <row r="483" ht="22.5" customHeight="1">
       <c t="s" r="A483" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B483" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C483" s="9">
-        <v>863</v>
+        <v>839</v>
       </c>
       <c t="s" r="D483" s="9">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E483" s="9"/>
       <c t="s" r="F483" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G483" s="10">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H483" s="9">
-        <v>864</v>
+        <v>840</v>
       </c>
     </row>
     <row r="484" ht="21.75" customHeight="1">
       <c t="s" r="A484" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B484" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C484" s="12">
-        <v>865</v>
+        <v>841</v>
       </c>
       <c t="s" r="D484" s="12">
-        <v>827</v>
+        <v>769</v>
       </c>
       <c r="E484" s="12"/>
       <c t="s" r="F484" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G484" s="13">
-        <v>828</v>
+        <v>770</v>
       </c>
       <c t="s" r="H484" s="12">
-        <v>864</v>
+        <v>838</v>
       </c>
     </row>
     <row r="485" ht="22.5" customHeight="1">
       <c t="s" r="A485" s="8">
-        <v>451</v>
+        <v>244</v>
       </c>
       <c t="s" r="B485" s="9">
-        <v>452</v>
+        <v>245</v>
       </c>
       <c t="s" r="C485" s="9">
-        <v>866</v>
+        <v>842</v>
       </c>
       <c t="s" r="D485" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E485" s="9"/>
       <c t="s" r="F485" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G485" s="10">
-        <v>828</v>
+        <v>31</v>
       </c>
       <c t="s" r="H485" s="9">
-        <v>867</v>
-[...2 lines deleted...]
-    <row r="486" ht="21.75" customHeight="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="486" ht="51.75" customHeight="1">
       <c t="s" r="A486" s="11">
-        <v>451</v>
+        <v>353</v>
       </c>
       <c t="s" r="B486" s="12">
-        <v>452</v>
+        <v>354</v>
       </c>
       <c t="s" r="C486" s="12">
-        <v>868</v>
+        <v>843</v>
       </c>
       <c t="s" r="D486" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E486" s="12"/>
       <c t="s" r="F486" s="13">
-        <v>40</v>
+        <v>844</v>
       </c>
       <c t="s" r="G486" s="13">
-        <v>828</v>
+        <v>845</v>
       </c>
       <c t="s" r="H486" s="12">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="487" ht="22.5" customHeight="1">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="487" ht="42" customHeight="1">
       <c t="s" r="A487" s="8">
-        <v>451</v>
+        <v>353</v>
       </c>
       <c t="s" r="B487" s="9">
-        <v>452</v>
+        <v>354</v>
       </c>
       <c t="s" r="C487" s="9">
-        <v>869</v>
+        <v>847</v>
       </c>
       <c t="s" r="D487" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E487" s="9"/>
       <c t="s" r="F487" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G487" s="10">
-        <v>828</v>
+        <v>31</v>
       </c>
       <c t="s" r="H487" s="9">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="488" ht="21.75" customHeight="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="488" ht="22.5" customHeight="1">
       <c t="s" r="A488" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B488" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C488" s="12">
-        <v>870</v>
+        <v>848</v>
       </c>
       <c t="s" r="D488" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E488" s="12"/>
       <c t="s" r="F488" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G488" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H488" s="12">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="489" ht="22.5" customHeight="1">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="489" ht="21.75" customHeight="1">
       <c t="s" r="A489" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B489" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C489" s="9">
-        <v>871</v>
+        <v>850</v>
       </c>
       <c t="s" r="D489" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E489" s="9"/>
       <c t="s" r="F489" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G489" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H489" s="9">
-        <v>545</v>
+        <v>851</v>
       </c>
     </row>
     <row r="490" ht="22.5" customHeight="1">
       <c t="s" r="A490" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B490" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C490" s="12">
-        <v>872</v>
+        <v>852</v>
       </c>
       <c t="s" r="D490" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E490" s="12"/>
       <c t="s" r="F490" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G490" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H490" s="12">
-        <v>545</v>
+        <v>853</v>
       </c>
     </row>
     <row r="491" ht="21.75" customHeight="1">
       <c t="s" r="A491" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B491" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C491" s="9">
-        <v>873</v>
+        <v>854</v>
       </c>
       <c t="s" r="D491" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E491" s="9"/>
       <c t="s" r="F491" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G491" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H491" s="9">
-        <v>545</v>
+        <v>855</v>
       </c>
     </row>
     <row r="492" ht="22.5" customHeight="1">
       <c t="s" r="A492" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B492" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C492" s="12">
-        <v>874</v>
+        <v>856</v>
       </c>
       <c t="s" r="D492" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E492" s="12"/>
       <c t="s" r="F492" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G492" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H492" s="12">
-        <v>545</v>
-[...2 lines deleted...]
-    <row r="493" ht="21.75" customHeight="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="493" ht="22.5" customHeight="1">
       <c t="s" r="A493" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B493" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C493" s="9">
-        <v>875</v>
+        <v>857</v>
       </c>
       <c t="s" r="D493" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E493" s="9"/>
       <c t="s" r="F493" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G493" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H493" s="9">
-        <v>545</v>
-[...2 lines deleted...]
-    <row r="494" ht="22.5" customHeight="1">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="494" ht="21.75" customHeight="1">
       <c t="s" r="A494" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B494" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C494" s="12">
-        <v>876</v>
+        <v>859</v>
       </c>
       <c t="s" r="D494" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E494" s="12"/>
       <c t="s" r="F494" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G494" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H494" s="12">
-        <v>877</v>
-[...2 lines deleted...]
-    <row r="495" ht="21.75" customHeight="1">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="495" ht="22.5" customHeight="1">
       <c t="s" r="A495" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B495" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C495" s="9">
-        <v>878</v>
+        <v>861</v>
       </c>
       <c t="s" r="D495" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E495" s="9"/>
       <c t="s" r="F495" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G495" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H495" s="9">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="496" ht="22.5" customHeight="1">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="496" ht="21.75" customHeight="1">
       <c t="s" r="A496" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B496" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C496" s="12">
-        <v>879</v>
+        <v>863</v>
       </c>
       <c t="s" r="D496" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E496" s="12"/>
       <c t="s" r="F496" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G496" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H496" s="12">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="497" ht="21.75" customHeight="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="497" ht="22.5" customHeight="1">
       <c t="s" r="A497" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B497" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C497" s="9">
-        <v>880</v>
+        <v>864</v>
       </c>
       <c t="s" r="D497" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E497" s="9"/>
       <c t="s" r="F497" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G497" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H497" s="9">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="498" ht="22.5" customHeight="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="498" ht="21.75" customHeight="1">
       <c t="s" r="A498" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B498" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C498" s="12">
-        <v>881</v>
+        <v>865</v>
       </c>
       <c t="s" r="D498" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E498" s="12"/>
       <c t="s" r="F498" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G498" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H498" s="12">
-        <v>610</v>
+        <v>535</v>
       </c>
     </row>
     <row r="499" ht="22.5" customHeight="1">
       <c t="s" r="A499" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B499" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C499" s="9">
-        <v>882</v>
+        <v>866</v>
       </c>
       <c t="s" r="D499" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E499" s="9"/>
       <c t="s" r="F499" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G499" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H499" s="9">
-        <v>610</v>
+        <v>867</v>
       </c>
     </row>
     <row r="500" ht="21.75" customHeight="1">
       <c t="s" r="A500" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B500" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C500" s="12">
-        <v>883</v>
+        <v>868</v>
       </c>
       <c t="s" r="D500" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E500" s="12"/>
       <c t="s" r="F500" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G500" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H500" s="12">
-        <v>610</v>
+        <v>867</v>
       </c>
     </row>
     <row r="501" ht="22.5" customHeight="1">
       <c t="s" r="A501" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B501" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C501" s="9">
-        <v>884</v>
+        <v>869</v>
       </c>
       <c t="s" r="D501" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E501" s="9"/>
       <c t="s" r="F501" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G501" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H501" s="9">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="502" ht="21.75" customHeight="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="502" ht="22.5" customHeight="1">
       <c t="s" r="A502" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B502" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C502" s="12">
-        <v>885</v>
+        <v>871</v>
       </c>
       <c t="s" r="D502" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E502" s="12"/>
       <c t="s" r="F502" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G502" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H502" s="12">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="503" ht="22.5" customHeight="1">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="503" ht="21.75" customHeight="1">
       <c t="s" r="A503" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B503" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C503" s="9">
-        <v>886</v>
+        <v>873</v>
       </c>
       <c t="s" r="D503" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E503" s="9"/>
       <c t="s" r="F503" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G503" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H503" s="9">
-        <v>844</v>
-[...2 lines deleted...]
-    <row r="504" ht="21.75" customHeight="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="504" ht="22.5" customHeight="1">
       <c t="s" r="A504" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B504" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C504" s="12">
-        <v>887</v>
+        <v>874</v>
       </c>
       <c t="s" r="D504" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E504" s="12"/>
       <c t="s" r="F504" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G504" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H504" s="12">
-        <v>844</v>
-[...2 lines deleted...]
-    <row r="505" ht="22.5" customHeight="1">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="505" ht="21.75" customHeight="1">
       <c t="s" r="A505" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B505" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C505" s="9">
-        <v>888</v>
+        <v>875</v>
       </c>
       <c t="s" r="D505" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E505" s="9"/>
       <c t="s" r="F505" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G505" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H505" s="9">
-        <v>889</v>
-[...2 lines deleted...]
-    <row r="506" ht="21.75" customHeight="1">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="506" ht="22.5" customHeight="1">
       <c t="s" r="A506" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B506" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C506" s="12">
-        <v>890</v>
+        <v>877</v>
       </c>
       <c t="s" r="D506" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E506" s="12"/>
       <c t="s" r="F506" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G506" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H506" s="12">
-        <v>891</v>
-[...2 lines deleted...]
-    <row r="507" ht="22.5" customHeight="1">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="507" ht="21.75" customHeight="1">
       <c t="s" r="A507" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B507" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C507" s="9">
-        <v>892</v>
+        <v>879</v>
       </c>
       <c t="s" r="D507" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E507" s="9"/>
       <c t="s" r="F507" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G507" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H507" s="9">
-        <v>893</v>
+        <v>880</v>
       </c>
     </row>
     <row r="508" ht="22.5" customHeight="1">
       <c t="s" r="A508" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B508" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C508" s="12">
-        <v>894</v>
+        <v>881</v>
       </c>
       <c t="s" r="D508" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E508" s="12"/>
       <c t="s" r="F508" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G508" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H508" s="12">
-        <v>893</v>
+        <v>882</v>
       </c>
     </row>
     <row r="509" ht="21.75" customHeight="1">
       <c t="s" r="A509" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B509" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C509" s="9">
-        <v>895</v>
+        <v>883</v>
       </c>
       <c t="s" r="D509" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E509" s="9"/>
       <c t="s" r="F509" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G509" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H509" s="9">
-        <v>896</v>
+        <v>884</v>
       </c>
     </row>
     <row r="510" ht="22.5" customHeight="1">
       <c t="s" r="A510" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B510" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C510" s="12">
-        <v>897</v>
+        <v>885</v>
       </c>
       <c t="s" r="D510" s="12">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E510" s="12"/>
       <c t="s" r="F510" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G510" s="13">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H510" s="12">
-        <v>898</v>
-[...2 lines deleted...]
-    <row r="511" ht="21.75" customHeight="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="511" ht="22.5" customHeight="1">
       <c t="s" r="A511" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B511" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C511" s="9">
-        <v>899</v>
+        <v>886</v>
       </c>
       <c t="s" r="D511" s="9">
-        <v>827</v>
+        <v>49</v>
       </c>
       <c r="E511" s="9"/>
       <c t="s" r="F511" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G511" s="10">
-        <v>828</v>
+        <v>849</v>
       </c>
       <c t="s" r="H511" s="9">
-        <v>896</v>
-[...2 lines deleted...]
-    <row r="512" ht="22.5" customHeight="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="512" ht="21.75" customHeight="1">
       <c t="s" r="A512" s="11">
-        <v>286</v>
+        <v>383</v>
       </c>
       <c t="s" r="B512" s="12">
-        <v>287</v>
+        <v>384</v>
       </c>
       <c t="s" r="C512" s="12">
-        <v>900</v>
+        <v>887</v>
       </c>
       <c t="s" r="D512" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E512" s="12"/>
       <c t="s" r="F512" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G512" s="13">
-        <v>31</v>
+        <v>849</v>
       </c>
       <c t="s" r="H512" s="12">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="513" ht="42" customHeight="1">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="513" ht="22.5" customHeight="1">
       <c t="s" r="A513" s="8">
-        <v>413</v>
+        <v>383</v>
       </c>
       <c t="s" r="B513" s="9">
-        <v>414</v>
+        <v>384</v>
       </c>
       <c t="s" r="C513" s="9">
-        <v>901</v>
+        <v>888</v>
       </c>
       <c t="s" r="D513" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E513" s="9"/>
       <c t="s" r="F513" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G513" s="10">
-        <v>31</v>
+        <v>849</v>
       </c>
       <c t="s" r="H513" s="9">
-        <v>738</v>
+        <v>392</v>
       </c>
     </row>
     <row r="514" ht="21.75" customHeight="1">
       <c t="s" r="A514" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B514" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C514" s="12">
-        <v>902</v>
+        <v>889</v>
       </c>
       <c t="s" r="D514" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E514" s="12"/>
       <c t="s" r="F514" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G514" s="13">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H514" s="12">
-        <v>568</v>
+        <v>395</v>
       </c>
     </row>
     <row r="515" ht="22.5" customHeight="1">
       <c t="s" r="A515" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B515" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C515" s="9">
-        <v>904</v>
+        <v>890</v>
       </c>
       <c t="s" r="D515" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E515" s="9"/>
       <c t="s" r="F515" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G515" s="10">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H515" s="9">
-        <v>905</v>
-[...2 lines deleted...]
-    <row r="516" ht="22.5" customHeight="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="516" ht="21.75" customHeight="1">
       <c t="s" r="A516" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B516" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C516" s="12">
-        <v>906</v>
+        <v>891</v>
       </c>
       <c t="s" r="D516" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E516" s="12"/>
       <c t="s" r="F516" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G516" s="13">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H516" s="12">
-        <v>907</v>
-[...2 lines deleted...]
-    <row r="517" ht="21.75" customHeight="1">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="517" ht="22.5" customHeight="1">
       <c t="s" r="A517" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B517" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C517" s="9">
-        <v>908</v>
+        <v>893</v>
       </c>
       <c t="s" r="D517" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E517" s="9"/>
       <c t="s" r="F517" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G517" s="10">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H517" s="9">
-        <v>460</v>
-[...2 lines deleted...]
-    <row r="518" ht="22.5" customHeight="1">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="518" ht="21.75" customHeight="1">
       <c t="s" r="A518" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B518" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C518" s="12">
-        <v>909</v>
+        <v>894</v>
       </c>
       <c t="s" r="D518" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E518" s="12"/>
       <c t="s" r="F518" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G518" s="13">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H518" s="12">
-        <v>555</v>
-[...2 lines deleted...]
-    <row r="519" ht="21.75" customHeight="1">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="519" ht="22.5" customHeight="1">
       <c t="s" r="A519" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B519" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C519" s="9">
-        <v>910</v>
+        <v>896</v>
       </c>
       <c t="s" r="D519" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E519" s="9"/>
       <c t="s" r="F519" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G519" s="10">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H519" s="9">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="520" ht="22.5" customHeight="1">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="520" ht="21.75" customHeight="1">
       <c t="s" r="A520" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B520" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C520" s="12">
-        <v>912</v>
+        <v>898</v>
       </c>
       <c t="s" r="D520" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E520" s="12"/>
       <c t="s" r="F520" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G520" s="13">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H520" s="12">
-        <v>913</v>
-[...2 lines deleted...]
-    <row r="521" ht="21.75" customHeight="1">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="521" ht="22.5" customHeight="1">
       <c t="s" r="A521" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B521" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C521" s="9">
-        <v>914</v>
+        <v>899</v>
       </c>
       <c t="s" r="D521" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E521" s="9"/>
       <c t="s" r="F521" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G521" s="10">
-        <v>27</v>
+        <v>849</v>
       </c>
       <c t="s" r="H521" s="9">
-        <v>523</v>
+        <v>435</v>
       </c>
     </row>
     <row r="522" ht="22.5" customHeight="1">
       <c t="s" r="A522" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B522" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C522" s="12">
-        <v>915</v>
+        <v>900</v>
       </c>
       <c t="s" r="D522" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E522" s="12"/>
       <c t="s" r="F522" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G522" s="13">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H522" s="12">
-        <v>916</v>
+        <v>901</v>
       </c>
     </row>
     <row r="523" ht="21.75" customHeight="1">
       <c t="s" r="A523" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B523" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C523" s="9">
-        <v>917</v>
+        <v>902</v>
       </c>
       <c t="s" r="D523" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E523" s="9"/>
       <c t="s" r="F523" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G523" s="10">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H523" s="9">
-        <v>465</v>
+        <v>901</v>
       </c>
     </row>
     <row r="524" ht="22.5" customHeight="1">
       <c t="s" r="A524" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B524" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C524" s="12">
-        <v>918</v>
+        <v>903</v>
       </c>
       <c t="s" r="D524" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E524" s="12"/>
       <c t="s" r="F524" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G524" s="13">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H524" s="12">
-        <v>465</v>
-[...2 lines deleted...]
-    <row r="525" ht="22.5" customHeight="1">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="525" ht="21.75" customHeight="1">
       <c t="s" r="A525" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B525" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C525" s="9">
-        <v>919</v>
+        <v>905</v>
       </c>
       <c t="s" r="D525" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E525" s="9"/>
       <c t="s" r="F525" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G525" s="10">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H525" s="9">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="526" ht="21.75" customHeight="1">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="526" ht="22.5" customHeight="1">
       <c t="s" r="A526" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B526" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C526" s="12">
-        <v>920</v>
+        <v>907</v>
       </c>
       <c t="s" r="D526" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E526" s="12"/>
       <c t="s" r="F526" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G526" s="13">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H526" s="12">
-        <v>921</v>
-[...2 lines deleted...]
-    <row r="527" ht="22.5" customHeight="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="527" ht="21.75" customHeight="1">
       <c t="s" r="A527" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B527" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C527" s="9">
-        <v>922</v>
+        <v>908</v>
       </c>
       <c t="s" r="D527" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E527" s="9"/>
       <c t="s" r="F527" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G527" s="10">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H527" s="9">
-        <v>921</v>
-[...2 lines deleted...]
-    <row r="528" ht="21.75" customHeight="1">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="528" ht="22.5" customHeight="1">
       <c t="s" r="A528" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B528" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C528" s="12">
-        <v>923</v>
+        <v>909</v>
       </c>
       <c t="s" r="D528" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E528" s="12"/>
       <c t="s" r="F528" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G528" s="13">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c t="s" r="H528" s="12">
-        <v>924</v>
-[...2 lines deleted...]
-    <row r="529" ht="22.5" customHeight="1">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="529" ht="21.75" customHeight="1">
       <c t="s" r="A529" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B529" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C529" s="9">
-        <v>925</v>
+        <v>912</v>
       </c>
       <c t="s" r="D529" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E529" s="9"/>
       <c t="s" r="F529" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G529" s="10">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c t="s" r="H529" s="9">
-        <v>926</v>
-[...2 lines deleted...]
-    <row r="530" ht="21.75" customHeight="1">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="530" ht="22.5" customHeight="1">
       <c t="s" r="A530" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B530" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C530" s="12">
-        <v>927</v>
+        <v>915</v>
       </c>
       <c t="s" r="D530" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E530" s="12"/>
       <c t="s" r="F530" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G530" s="13">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c t="s" r="H530" s="12">
-        <v>511</v>
+        <v>914</v>
       </c>
     </row>
     <row r="531" ht="22.5" customHeight="1">
       <c t="s" r="A531" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B531" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C531" s="9">
-        <v>928</v>
+        <v>916</v>
       </c>
       <c t="s" r="D531" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E531" s="9"/>
       <c t="s" r="F531" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G531" s="10">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c t="s" r="H531" s="9">
-        <v>867</v>
+        <v>917</v>
       </c>
     </row>
     <row r="532" ht="21.75" customHeight="1">
       <c t="s" r="A532" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B532" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C532" s="12">
-        <v>929</v>
+        <v>918</v>
       </c>
       <c t="s" r="D532" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E532" s="12"/>
       <c t="s" r="F532" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G532" s="13">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c t="s" r="H532" s="12">
-        <v>930</v>
+        <v>919</v>
       </c>
     </row>
     <row r="533" ht="22.5" customHeight="1">
       <c t="s" r="A533" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B533" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C533" s="9">
-        <v>931</v>
+        <v>920</v>
       </c>
       <c t="s" r="D533" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E533" s="9"/>
       <c t="s" r="F533" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G533" s="10">
-        <v>903</v>
+        <v>849</v>
       </c>
       <c t="s" r="H533" s="9">
-        <v>932</v>
-[...2 lines deleted...]
-    <row r="534" ht="22.5" customHeight="1">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="534" ht="21.75" customHeight="1">
       <c t="s" r="A534" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B534" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C534" s="12">
-        <v>933</v>
+        <v>922</v>
       </c>
       <c t="s" r="D534" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E534" s="12"/>
       <c t="s" r="F534" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G534" s="13">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c t="s" r="H534" s="12">
-        <v>934</v>
-[...2 lines deleted...]
-    <row r="535" ht="21.75" customHeight="1">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="535" ht="22.5" customHeight="1">
       <c t="s" r="A535" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B535" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C535" s="9">
-        <v>935</v>
+        <v>924</v>
       </c>
       <c t="s" r="D535" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E535" s="9"/>
       <c t="s" r="F535" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G535" s="10">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c t="s" r="H535" s="9">
-        <v>532</v>
-[...2 lines deleted...]
-    <row r="536" ht="22.5" customHeight="1">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="536" ht="32.25" customHeight="1">
       <c t="s" r="A536" s="11">
-        <v>451</v>
+        <v>176</v>
       </c>
       <c t="s" r="B536" s="12">
-        <v>452</v>
+        <v>177</v>
       </c>
       <c t="s" r="C536" s="12">
-        <v>936</v>
+        <v>926</v>
       </c>
       <c t="s" r="D536" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E536" s="12"/>
       <c t="s" r="F536" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G536" s="13">
-        <v>903</v>
-[...5 lines deleted...]
-    <row r="537" ht="21.75" customHeight="1">
+        <v>31</v>
+      </c>
+      <c r="H536" s="15"/>
+    </row>
+    <row r="537" ht="31.5" customHeight="1">
       <c t="s" r="A537" s="8">
-        <v>451</v>
+        <v>176</v>
       </c>
       <c t="s" r="B537" s="9">
-        <v>452</v>
+        <v>177</v>
       </c>
       <c t="s" r="C537" s="9">
-        <v>937</v>
+        <v>927</v>
       </c>
       <c t="s" r="D537" s="9">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E537" s="9"/>
       <c t="s" r="F537" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G537" s="10">
-        <v>903</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H537" s="14"/>
     </row>
     <row r="538" ht="22.5" customHeight="1">
       <c t="s" r="A538" s="11">
-        <v>451</v>
+        <v>745</v>
       </c>
       <c t="s" r="B538" s="12">
-        <v>452</v>
+        <v>746</v>
       </c>
       <c t="s" r="C538" s="12">
-        <v>938</v>
+        <v>928</v>
       </c>
       <c t="s" r="D538" s="12">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="E538" s="12"/>
       <c t="s" r="F538" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G538" s="13">
-        <v>903</v>
-[...5 lines deleted...]
-    <row r="539" ht="21.75" customHeight="1">
+        <v>748</v>
+      </c>
+      <c r="H538" s="15"/>
+    </row>
+    <row r="539" ht="51.75" customHeight="1">
       <c t="s" r="A539" s="8">
-        <v>451</v>
+        <v>929</v>
       </c>
       <c t="s" r="B539" s="9">
-        <v>452</v>
+        <v>317</v>
       </c>
       <c t="s" r="C539" s="9">
-        <v>939</v>
+        <v>930</v>
       </c>
       <c t="s" r="D539" s="9">
-        <v>62</v>
+        <v>931</v>
       </c>
       <c r="E539" s="9"/>
       <c t="s" r="F539" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G539" s="10">
-        <v>903</v>
+        <v>932</v>
       </c>
       <c t="s" r="H539" s="9">
-        <v>930</v>
-[...2 lines deleted...]
-    <row r="540" ht="22.5" customHeight="1">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="540" ht="52.5" customHeight="1">
       <c t="s" r="A540" s="11">
-        <v>451</v>
+        <v>929</v>
       </c>
       <c t="s" r="B540" s="12">
-        <v>452</v>
+        <v>317</v>
       </c>
       <c t="s" r="C540" s="12">
-        <v>940</v>
+        <v>934</v>
       </c>
       <c t="s" r="D540" s="12">
-        <v>62</v>
+        <v>931</v>
       </c>
       <c r="E540" s="12"/>
       <c t="s" r="F540" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G540" s="13">
-        <v>903</v>
+        <v>932</v>
       </c>
       <c t="s" r="H540" s="12">
-        <v>462</v>
-[...2 lines deleted...]
-    <row r="541" ht="21.75" customHeight="1">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="541" ht="42" customHeight="1">
       <c t="s" r="A541" s="8">
-        <v>451</v>
+        <v>929</v>
       </c>
       <c t="s" r="B541" s="9">
-        <v>452</v>
+        <v>317</v>
       </c>
       <c t="s" r="C541" s="9">
-        <v>941</v>
+        <v>935</v>
       </c>
       <c t="s" r="D541" s="9">
-        <v>62</v>
+        <v>931</v>
       </c>
       <c r="E541" s="9"/>
       <c t="s" r="F541" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G541" s="10">
-        <v>903</v>
-[...5 lines deleted...]
-    <row r="542" ht="22.5" customHeight="1">
+        <v>932</v>
+      </c>
+      <c r="H541" s="14"/>
+    </row>
+    <row r="542" ht="32.25" customHeight="1">
       <c t="s" r="A542" s="11">
-        <v>451</v>
+        <v>311</v>
       </c>
       <c t="s" r="B542" s="12">
-        <v>452</v>
+        <v>317</v>
       </c>
       <c t="s" r="C542" s="12">
-        <v>942</v>
+        <v>936</v>
       </c>
       <c t="s" r="D542" s="12">
-        <v>62</v>
+        <v>931</v>
       </c>
       <c r="E542" s="12"/>
       <c t="s" r="F542" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G542" s="13">
-        <v>903</v>
-[...5 lines deleted...]
-    <row r="543" ht="22.5" customHeight="1">
+        <v>932</v>
+      </c>
+      <c r="H542" s="15"/>
+    </row>
+    <row r="543" ht="32.25" customHeight="1">
       <c t="s" r="A543" s="8">
-        <v>451</v>
+        <v>311</v>
       </c>
       <c t="s" r="B543" s="9">
-        <v>452</v>
+        <v>312</v>
       </c>
       <c t="s" r="C543" s="9">
-        <v>943</v>
+        <v>937</v>
       </c>
       <c t="s" r="D543" s="9">
-        <v>62</v>
+        <v>938</v>
       </c>
       <c r="E543" s="9"/>
       <c t="s" r="F543" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G543" s="10">
-        <v>903</v>
+        <v>939</v>
       </c>
       <c t="s" r="H543" s="9">
-        <v>944</v>
-[...2 lines deleted...]
-    <row r="544" ht="21.75" customHeight="1">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="544" ht="31.5" customHeight="1">
       <c t="s" r="A544" s="11">
-        <v>451</v>
+        <v>311</v>
       </c>
       <c t="s" r="B544" s="12">
-        <v>452</v>
+        <v>317</v>
       </c>
       <c t="s" r="C544" s="12">
-        <v>945</v>
+        <v>941</v>
       </c>
       <c t="s" r="D544" s="12">
-        <v>62</v>
+        <v>938</v>
       </c>
       <c r="E544" s="12"/>
       <c t="s" r="F544" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G544" s="13">
-        <v>903</v>
+        <v>939</v>
       </c>
       <c t="s" r="H544" s="12">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="545" ht="22.5" customHeight="1">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="545" ht="32.25" customHeight="1">
       <c t="s" r="A545" s="8">
-        <v>451</v>
+        <v>311</v>
       </c>
       <c t="s" r="B545" s="9">
-        <v>452</v>
+        <v>317</v>
       </c>
       <c t="s" r="C545" s="9">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c t="s" r="D545" s="9">
-        <v>62</v>
+        <v>938</v>
       </c>
       <c r="E545" s="9"/>
       <c t="s" r="F545" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G545" s="10">
-        <v>903</v>
+        <v>939</v>
       </c>
       <c t="s" r="H545" s="9">
-        <v>947</v>
-[...2 lines deleted...]
-    <row r="546" ht="21.75" customHeight="1">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="546" ht="22.5" customHeight="1">
       <c t="s" r="A546" s="11">
-        <v>451</v>
+        <v>12</v>
       </c>
       <c t="s" r="B546" s="12">
-        <v>452</v>
+        <v>13</v>
       </c>
       <c t="s" r="C546" s="12">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c t="s" r="D546" s="12">
-        <v>62</v>
+        <v>945</v>
       </c>
       <c r="E546" s="12"/>
       <c t="s" r="F546" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G546" s="13">
-        <v>903</v>
-[...5 lines deleted...]
-    <row r="547" ht="22.5" customHeight="1">
+        <v>31</v>
+      </c>
+      <c r="H546" s="15"/>
+    </row>
+    <row r="547" ht="21.75" customHeight="1">
       <c t="s" r="A547" s="8">
-        <v>451</v>
+        <v>12</v>
       </c>
       <c t="s" r="B547" s="9">
-        <v>452</v>
+        <v>13</v>
       </c>
       <c t="s" r="C547" s="9">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c t="s" r="D547" s="9">
-        <v>62</v>
+        <v>945</v>
       </c>
       <c r="E547" s="9"/>
       <c t="s" r="F547" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G547" s="10">
-        <v>903</v>
-[...5 lines deleted...]
-    <row r="548" ht="21.75" customHeight="1">
+        <v>947</v>
+      </c>
+      <c r="H547" s="14"/>
+    </row>
+    <row r="548" ht="22.5" customHeight="1">
       <c t="s" r="A548" s="11">
-        <v>451</v>
+        <v>77</v>
       </c>
       <c t="s" r="B548" s="12">
-        <v>452</v>
+        <v>78</v>
       </c>
       <c t="s" r="C548" s="12">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c t="s" r="D548" s="12">
-        <v>62</v>
+        <v>949</v>
       </c>
       <c r="E548" s="12"/>
       <c t="s" r="F548" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G548" s="13">
-        <v>903</v>
-[...5 lines deleted...]
-    <row r="549" ht="22.5" customHeight="1">
+        <v>240</v>
+      </c>
+      <c r="H548" s="15"/>
+    </row>
+    <row r="549" ht="21.75" customHeight="1">
       <c t="s" r="A549" s="8">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B549" s="9">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C549" s="9">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c t="s" r="D549" s="9">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E549" s="9"/>
       <c t="s" r="F549" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G549" s="10">
-        <v>903</v>
+        <v>31</v>
       </c>
       <c t="s" r="H549" s="9">
-        <v>953</v>
-[...2 lines deleted...]
-    <row r="550" ht="21.75" customHeight="1">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="550" ht="22.5" customHeight="1">
       <c t="s" r="A550" s="11">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B550" s="12">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C550" s="12">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c t="s" r="D550" s="12">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E550" s="12"/>
       <c t="s" r="F550" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G550" s="13">
-        <v>903</v>
+        <v>31</v>
       </c>
       <c t="s" r="H550" s="12">
-        <v>953</v>
+        <v>101</v>
       </c>
     </row>
     <row r="551" ht="22.5" customHeight="1">
       <c t="s" r="A551" s="8">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B551" s="9">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C551" s="9">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c t="s" r="D551" s="9">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E551" s="9"/>
       <c t="s" r="F551" s="10">
-        <v>16</v>
+        <v>954</v>
       </c>
       <c t="s" r="G551" s="10">
-        <v>903</v>
-[...5 lines deleted...]
-    <row r="552" ht="22.5" customHeight="1">
+        <v>955</v>
+      </c>
+      <c r="H551" s="14"/>
+    </row>
+    <row r="552" ht="21.75" customHeight="1">
       <c t="s" r="A552" s="11">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B552" s="12">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C552" s="12">
         <v>956</v>
       </c>
       <c t="s" r="D552" s="12">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E552" s="12"/>
       <c t="s" r="F552" s="13">
-        <v>16</v>
+        <v>954</v>
       </c>
       <c t="s" r="G552" s="13">
-        <v>903</v>
-[...1 lines deleted...]
-      <c t="s" r="H552" s="12">
+        <v>955</v>
+      </c>
+      <c r="H552" s="15"/>
+    </row>
+    <row r="553" ht="32.25" customHeight="1">
+      <c t="s" r="A553" s="8">
+        <v>97</v>
+      </c>
+      <c t="s" r="B553" s="9">
+        <v>98</v>
+      </c>
+      <c t="s" r="C553" s="9">
         <v>957</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c t="s" r="D553" s="9">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E553" s="9"/>
       <c t="s" r="F553" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G553" s="10">
-        <v>903</v>
+        <v>31</v>
       </c>
       <c t="s" r="H553" s="9">
-        <v>610</v>
+        <v>958</v>
       </c>
     </row>
     <row r="554" ht="22.5" customHeight="1">
       <c t="s" r="A554" s="11">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B554" s="12">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C554" s="12">
         <v>959</v>
       </c>
       <c t="s" r="D554" s="12">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E554" s="12"/>
       <c t="s" r="F554" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G554" s="13">
-        <v>903</v>
+        <v>31</v>
       </c>
       <c t="s" r="H554" s="12">
-        <v>926</v>
+        <v>101</v>
       </c>
     </row>
     <row r="555" ht="21.75" customHeight="1">
       <c t="s" r="A555" s="8">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B555" s="9">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C555" s="9">
         <v>960</v>
       </c>
       <c t="s" r="D555" s="9">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E555" s="9"/>
       <c t="s" r="F555" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G555" s="10">
-        <v>961</v>
+        <v>31</v>
       </c>
       <c t="s" r="H555" s="9">
-        <v>962</v>
+        <v>109</v>
       </c>
     </row>
     <row r="556" ht="22.5" customHeight="1">
       <c t="s" r="A556" s="11">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B556" s="12">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C556" s="12">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c t="s" r="D556" s="12">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E556" s="12"/>
       <c t="s" r="F556" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G556" s="13">
-        <v>964</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H556" s="15"/>
     </row>
     <row r="557" ht="21.75" customHeight="1">
       <c t="s" r="A557" s="8">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B557" s="9">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C557" s="9">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c t="s" r="D557" s="9">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E557" s="9"/>
       <c t="s" r="F557" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G557" s="10">
-        <v>964</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H557" s="14"/>
     </row>
     <row r="558" ht="22.5" customHeight="1">
       <c t="s" r="A558" s="11">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B558" s="12">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C558" s="12">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c t="s" r="D558" s="12">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E558" s="12"/>
       <c t="s" r="F558" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G558" s="13">
-        <v>961</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H558" s="15"/>
     </row>
     <row r="559" ht="21.75" customHeight="1">
       <c t="s" r="A559" s="8">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B559" s="9">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C559" s="9">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c t="s" r="D559" s="9">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E559" s="9"/>
       <c t="s" r="F559" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G559" s="10">
-        <v>964</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="H559" s="14"/>
     </row>
     <row r="560" ht="22.5" customHeight="1">
       <c t="s" r="A560" s="11">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B560" s="12">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C560" s="12">
-        <v>971</v>
+        <v>965</v>
       </c>
       <c t="s" r="D560" s="12">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E560" s="12"/>
       <c t="s" r="F560" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G560" s="13">
-        <v>903</v>
-[...5 lines deleted...]
-    <row r="561" ht="22.5" customHeight="1">
+        <v>31</v>
+      </c>
+      <c r="H560" s="15"/>
+    </row>
+    <row r="561" ht="21.75" customHeight="1">
       <c t="s" r="A561" s="8">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B561" s="9">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C561" s="9">
-        <v>973</v>
+        <v>966</v>
       </c>
       <c t="s" r="D561" s="9">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E561" s="9"/>
       <c t="s" r="F561" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G561" s="10">
-        <v>964</v>
-[...5 lines deleted...]
-    <row r="562" ht="21.75" customHeight="1">
+        <v>31</v>
+      </c>
+      <c r="H561" s="14"/>
+    </row>
+    <row r="562" ht="22.5" customHeight="1">
       <c t="s" r="A562" s="11">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B562" s="12">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C562" s="12">
-        <v>975</v>
+        <v>967</v>
       </c>
       <c t="s" r="D562" s="12">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E562" s="12"/>
       <c t="s" r="F562" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G562" s="13">
-        <v>964</v>
-[...5 lines deleted...]
-    <row r="563" ht="32.25" customHeight="1">
+        <v>968</v>
+      </c>
+      <c r="H562" s="15"/>
+    </row>
+    <row r="563" ht="22.5" customHeight="1">
       <c t="s" r="A563" s="8">
-        <v>219</v>
+        <v>97</v>
       </c>
       <c t="s" r="B563" s="9">
-        <v>220</v>
+        <v>98</v>
       </c>
       <c t="s" r="C563" s="9">
-        <v>977</v>
+        <v>969</v>
       </c>
       <c t="s" r="D563" s="9">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="E563" s="9"/>
       <c t="s" r="F563" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G563" s="10">
-        <v>31</v>
+        <v>968</v>
       </c>
       <c r="H563" s="14"/>
     </row>
-    <row r="564" ht="32.25" customHeight="1">
+    <row r="564" ht="21.75" customHeight="1">
       <c t="s" r="A564" s="11">
-        <v>219</v>
+        <v>383</v>
       </c>
       <c t="s" r="B564" s="12">
-        <v>220</v>
+        <v>384</v>
       </c>
       <c t="s" r="C564" s="12">
-        <v>978</v>
+        <v>970</v>
       </c>
       <c t="s" r="D564" s="12">
-        <v>62</v>
+        <v>971</v>
       </c>
       <c r="E564" s="12"/>
       <c t="s" r="F564" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G564" s="13">
         <v>31</v>
       </c>
-      <c r="H564" s="15"/>
-[...1 lines deleted...]
-    <row r="565" ht="21.75" customHeight="1">
+      <c t="s" r="H564" s="12">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="565" ht="22.5" customHeight="1">
       <c t="s" r="A565" s="8">
-        <v>803</v>
+        <v>383</v>
       </c>
       <c t="s" r="B565" s="9">
-        <v>804</v>
+        <v>384</v>
       </c>
       <c t="s" r="C565" s="9">
-        <v>979</v>
+        <v>973</v>
       </c>
       <c t="s" r="D565" s="9">
-        <v>62</v>
+        <v>971</v>
       </c>
       <c r="E565" s="9"/>
       <c t="s" r="F565" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G565" s="10">
-        <v>806</v>
-[...3 lines deleted...]
-    <row r="566" ht="52.5" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H565" s="9">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="566" ht="21.75" customHeight="1">
       <c t="s" r="A566" s="11">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B566" s="12">
-        <v>174</v>
+        <v>384</v>
       </c>
       <c t="s" r="C566" s="12">
-        <v>980</v>
+        <v>975</v>
       </c>
       <c t="s" r="D566" s="12">
-        <v>981</v>
+        <v>971</v>
       </c>
       <c r="E566" s="12"/>
       <c t="s" r="F566" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G566" s="13">
-        <v>982</v>
+        <v>31</v>
       </c>
       <c t="s" r="H566" s="12">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="567" ht="51.75" customHeight="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="567" ht="22.5" customHeight="1">
       <c t="s" r="A567" s="8">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B567" s="9">
-        <v>174</v>
+        <v>384</v>
       </c>
       <c t="s" r="C567" s="9">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c t="s" r="D567" s="9">
-        <v>981</v>
+        <v>971</v>
       </c>
       <c r="E567" s="9"/>
       <c t="s" r="F567" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G567" s="10">
-        <v>982</v>
+        <v>31</v>
       </c>
       <c t="s" r="H567" s="9">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="568" ht="42" customHeight="1">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="568" ht="21.75" customHeight="1">
       <c t="s" r="A568" s="11">
-        <v>171</v>
+        <v>383</v>
       </c>
       <c t="s" r="B568" s="12">
-        <v>174</v>
+        <v>384</v>
       </c>
       <c t="s" r="C568" s="12">
-        <v>984</v>
+        <v>977</v>
       </c>
       <c t="s" r="D568" s="12">
-        <v>981</v>
+        <v>971</v>
       </c>
       <c r="E568" s="12"/>
       <c t="s" r="F568" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G568" s="13">
-        <v>982</v>
-[...3 lines deleted...]
-    <row r="569" ht="32.25" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H568" s="12">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="569" ht="22.5" customHeight="1">
       <c t="s" r="A569" s="8">
-        <v>166</v>
+        <v>383</v>
       </c>
       <c t="s" r="B569" s="9">
-        <v>174</v>
+        <v>384</v>
       </c>
       <c t="s" r="C569" s="9">
-        <v>985</v>
+        <v>979</v>
       </c>
       <c t="s" r="D569" s="9">
-        <v>981</v>
+        <v>971</v>
       </c>
       <c r="E569" s="9"/>
       <c t="s" r="F569" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G569" s="10">
-        <v>982</v>
-[...3 lines deleted...]
-    <row r="570" ht="32.25" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H569" s="9">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="570" ht="21.75" customHeight="1">
       <c t="s" r="A570" s="11">
-        <v>166</v>
+        <v>383</v>
       </c>
       <c t="s" r="B570" s="12">
-        <v>167</v>
+        <v>384</v>
       </c>
       <c t="s" r="C570" s="12">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c t="s" r="D570" s="12">
-        <v>987</v>
+        <v>971</v>
       </c>
       <c r="E570" s="12"/>
       <c t="s" r="F570" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G570" s="13">
-        <v>988</v>
+        <v>31</v>
       </c>
       <c t="s" r="H570" s="12">
-        <v>170</v>
-[...2 lines deleted...]
-    <row r="571" ht="32.25" customHeight="1">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="571" ht="22.5" customHeight="1">
       <c t="s" r="A571" s="8">
-        <v>166</v>
+        <v>383</v>
       </c>
       <c t="s" r="B571" s="9">
-        <v>174</v>
+        <v>384</v>
       </c>
       <c t="s" r="C571" s="9">
-        <v>989</v>
+        <v>982</v>
       </c>
       <c t="s" r="D571" s="9">
-        <v>987</v>
+        <v>971</v>
       </c>
       <c r="E571" s="9"/>
       <c t="s" r="F571" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G571" s="10">
-        <v>988</v>
+        <v>31</v>
       </c>
       <c t="s" r="H571" s="9">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="572" ht="32.25" customHeight="1">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="572" ht="21.75" customHeight="1">
       <c t="s" r="A572" s="11">
-        <v>166</v>
+        <v>383</v>
       </c>
       <c t="s" r="B572" s="12">
-        <v>174</v>
+        <v>384</v>
       </c>
       <c t="s" r="C572" s="12">
-        <v>990</v>
+        <v>984</v>
       </c>
       <c t="s" r="D572" s="12">
-        <v>987</v>
+        <v>971</v>
       </c>
       <c r="E572" s="12"/>
       <c t="s" r="F572" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G572" s="13">
-        <v>988</v>
+        <v>31</v>
       </c>
       <c t="s" r="H572" s="12">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="573" ht="31.5" customHeight="1">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="573" ht="22.5" customHeight="1">
       <c t="s" r="A573" s="8">
-        <v>166</v>
+        <v>383</v>
       </c>
       <c t="s" r="B573" s="9">
-        <v>179</v>
+        <v>384</v>
       </c>
       <c t="s" r="C573" s="9">
-        <v>991</v>
+        <v>986</v>
       </c>
       <c t="s" r="D573" s="9">
-        <v>987</v>
+        <v>971</v>
       </c>
       <c r="E573" s="9"/>
       <c t="s" r="F573" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G573" s="10">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c t="s" r="H573" s="9">
-        <v>181</v>
+        <v>978</v>
       </c>
     </row>
     <row r="574" ht="22.5" customHeight="1">
       <c t="s" r="A574" s="11">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B574" s="12">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C574" s="12">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c t="s" r="D574" s="12">
-        <v>993</v>
+        <v>971</v>
       </c>
       <c r="E574" s="12"/>
       <c t="s" r="F574" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G574" s="13">
         <v>31</v>
       </c>
-      <c r="H574" s="15"/>
+      <c t="s" r="H574" s="12">
+        <v>988</v>
+      </c>
     </row>
     <row r="575" ht="21.75" customHeight="1">
       <c t="s" r="A575" s="8">
-        <v>12</v>
+        <v>383</v>
       </c>
       <c t="s" r="B575" s="9">
-        <v>13</v>
+        <v>384</v>
       </c>
       <c t="s" r="C575" s="9">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c t="s" r="D575" s="9">
-        <v>993</v>
+        <v>971</v>
       </c>
       <c r="E575" s="9"/>
       <c t="s" r="F575" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G575" s="10">
-        <v>995</v>
-[...1 lines deleted...]
-      <c r="H575" s="14"/>
+        <v>31</v>
+      </c>
+      <c t="s" r="H575" s="9">
+        <v>985</v>
+      </c>
     </row>
     <row r="576" ht="22.5" customHeight="1">
       <c t="s" r="A576" s="11">
-        <v>95</v>
+        <v>383</v>
       </c>
       <c t="s" r="B576" s="12">
-        <v>96</v>
+        <v>384</v>
       </c>
       <c t="s" r="C576" s="12">
-        <v>996</v>
+        <v>990</v>
       </c>
       <c t="s" r="D576" s="12">
-        <v>997</v>
+        <v>971</v>
       </c>
       <c r="E576" s="12"/>
       <c t="s" r="F576" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G576" s="13">
-        <v>282</v>
-[...3 lines deleted...]
-    <row r="577" ht="22.5" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H576" s="12">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="577" ht="21.75" customHeight="1">
       <c t="s" r="A577" s="8">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B577" s="9">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C577" s="9">
-        <v>998</v>
+        <v>991</v>
       </c>
       <c t="s" r="D577" s="9">
-        <v>999</v>
+        <v>971</v>
       </c>
       <c r="E577" s="9"/>
       <c t="s" r="F577" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G577" s="10">
         <v>31</v>
       </c>
       <c t="s" r="H577" s="9">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="578" ht="21.75" customHeight="1">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="578" ht="22.5" customHeight="1">
       <c t="s" r="A578" s="11">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B578" s="12">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C578" s="12">
-        <v>1000</v>
+        <v>993</v>
       </c>
       <c t="s" r="D578" s="12">
-        <v>999</v>
+        <v>971</v>
       </c>
       <c r="E578" s="12"/>
       <c t="s" r="F578" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G578" s="13">
         <v>31</v>
       </c>
       <c t="s" r="H578" s="12">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="579" ht="22.5" customHeight="1">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="579" ht="21.75" customHeight="1">
       <c t="s" r="A579" s="8">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B579" s="9">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C579" s="9">
-        <v>1001</v>
+        <v>994</v>
       </c>
       <c t="s" r="D579" s="9">
-        <v>999</v>
+        <v>971</v>
       </c>
       <c r="E579" s="9"/>
       <c t="s" r="F579" s="10">
-        <v>1002</v>
+        <v>16</v>
       </c>
       <c t="s" r="G579" s="10">
-        <v>1003</v>
-[...3 lines deleted...]
-    <row r="580" ht="21.75" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H579" s="9">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="580" ht="22.5" customHeight="1">
       <c t="s" r="A580" s="11">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B580" s="12">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C580" s="12">
-        <v>1004</v>
+        <v>995</v>
       </c>
       <c t="s" r="D580" s="12">
-        <v>999</v>
+        <v>971</v>
       </c>
       <c r="E580" s="12"/>
       <c t="s" r="F580" s="13">
-        <v>1002</v>
+        <v>16</v>
       </c>
       <c t="s" r="G580" s="13">
-        <v>1003</v>
-[...3 lines deleted...]
-    <row r="581" ht="32.25" customHeight="1">
+        <v>31</v>
+      </c>
+      <c t="s" r="H580" s="12">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="581" ht="21.75" customHeight="1">
       <c t="s" r="A581" s="8">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B581" s="9">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C581" s="9">
-        <v>1005</v>
+        <v>996</v>
       </c>
       <c t="s" r="D581" s="9">
-        <v>999</v>
+        <v>971</v>
       </c>
       <c r="E581" s="9"/>
       <c t="s" r="F581" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G581" s="10">
         <v>31</v>
       </c>
       <c t="s" r="H581" s="9">
-        <v>1006</v>
+        <v>997</v>
       </c>
     </row>
     <row r="582" ht="22.5" customHeight="1">
       <c t="s" r="A582" s="11">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B582" s="12">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C582" s="12">
-        <v>1007</v>
+        <v>998</v>
       </c>
       <c t="s" r="D582" s="12">
-        <v>999</v>
+        <v>971</v>
       </c>
       <c r="E582" s="12"/>
       <c t="s" r="F582" s="13">
         <v>16</v>
       </c>
       <c t="s" r="G582" s="13">
         <v>31</v>
       </c>
       <c t="s" r="H582" s="12">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="583" ht="21.75" customHeight="1">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="583" ht="22.5" customHeight="1">
       <c t="s" r="A583" s="8">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B583" s="9">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C583" s="9">
-        <v>1008</v>
+        <v>999</v>
       </c>
       <c t="s" r="D583" s="9">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E583" s="9"/>
       <c t="s" r="F583" s="10">
         <v>16</v>
       </c>
       <c t="s" r="G583" s="10">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c t="s" r="H583" s="9">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="584" ht="22.5" customHeight="1">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="584" ht="21.75" customHeight="1">
       <c t="s" r="A584" s="11">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B584" s="12">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C584" s="12">
-        <v>1009</v>
+        <v>1002</v>
       </c>
       <c t="s" r="D584" s="12">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E584" s="12"/>
       <c t="s" r="F584" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G584" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="585" ht="21.75" customHeight="1">
+        <v>17</v>
+      </c>
+      <c t="s" r="H584" s="12">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="585" ht="22.5" customHeight="1">
       <c t="s" r="A585" s="8">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B585" s="9">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C585" s="9">
-        <v>1010</v>
+        <v>1003</v>
       </c>
       <c t="s" r="D585" s="9">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E585" s="9"/>
       <c t="s" r="F585" s="10">
-        <v>40</v>
+        <v>1004</v>
       </c>
       <c t="s" r="G585" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="586" ht="22.5" customHeight="1">
+        <v>1005</v>
+      </c>
+      <c t="s" r="H585" s="9">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="586" ht="21.75" customHeight="1">
       <c t="s" r="A586" s="11">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B586" s="12">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C586" s="12">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c t="s" r="D586" s="12">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E586" s="12"/>
       <c t="s" r="F586" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G586" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="587" ht="21.75" customHeight="1">
+        <v>17</v>
+      </c>
+      <c t="s" r="H586" s="12">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="587" ht="22.5" customHeight="1">
       <c t="s" r="A587" s="8">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B587" s="9">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C587" s="9">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c t="s" r="D587" s="9">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E587" s="9"/>
       <c t="s" r="F587" s="10">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G587" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="588" ht="22.5" customHeight="1">
+        <v>17</v>
+      </c>
+      <c t="s" r="H587" s="9">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="588" ht="21.75" customHeight="1">
       <c t="s" r="A588" s="11">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B588" s="12">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C588" s="12">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c t="s" r="D588" s="12">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E588" s="12"/>
       <c t="s" r="F588" s="13">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c t="s" r="G588" s="13">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="H588" s="15"/>
+        <v>17</v>
+      </c>
+      <c t="s" r="H588" s="12">
+        <v>901</v>
+      </c>
     </row>
     <row r="589" ht="22.5" customHeight="1">
       <c t="s" r="A589" s="8">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B589" s="9">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C589" s="9">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c t="s" r="D589" s="9">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E589" s="9"/>
       <c t="s" r="F589" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G589" s="10">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="H589" s="14"/>
+        <v>17</v>
+      </c>
+      <c t="s" r="H589" s="9">
+        <v>1012</v>
+      </c>
     </row>
     <row r="590" ht="21.75" customHeight="1">
       <c t="s" r="A590" s="11">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B590" s="12">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C590" s="12">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c t="s" r="D590" s="12">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E590" s="12"/>
       <c t="s" r="F590" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G590" s="13">
-        <v>1016</v>
-[...1 lines deleted...]
-      <c r="H590" s="15"/>
+        <v>17</v>
+      </c>
+      <c t="s" r="H590" s="12">
+        <v>1014</v>
+      </c>
     </row>
     <row r="591" ht="22.5" customHeight="1">
       <c t="s" r="A591" s="8">
-        <v>115</v>
+        <v>383</v>
       </c>
       <c t="s" r="B591" s="9">
-        <v>116</v>
+        <v>384</v>
       </c>
       <c t="s" r="C591" s="9">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c t="s" r="D591" s="9">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="E591" s="9"/>
       <c t="s" r="F591" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G591" s="10">
+        <v>17</v>
+      </c>
+      <c t="s" r="H591" s="9">
         <v>1016</v>
       </c>
-      <c r="H591" s="14"/>
-[...1 lines deleted...]
-    <row r="592" ht="21.75" customHeight="1">
+    </row>
+    <row r="592" ht="22.5" customHeight="1">
       <c t="s" r="A592" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B592" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C592" s="12">
-        <v>1018</v>
+        <v>1017</v>
       </c>
       <c t="s" r="D592" s="12">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="E592" s="12"/>
       <c t="s" r="F592" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G592" s="13">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c t="s" r="H592" s="12">
-        <v>1020</v>
-[...2 lines deleted...]
-    <row r="593" ht="22.5" customHeight="1">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="593" ht="21.75" customHeight="1">
       <c t="s" r="A593" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B593" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C593" s="9">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c t="s" r="D593" s="9">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="E593" s="9"/>
       <c t="s" r="F593" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G593" s="10">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c t="s" r="H593" s="9">
-        <v>1022</v>
-[...2 lines deleted...]
-    <row r="594" ht="21.75" customHeight="1">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="594" ht="22.5" customHeight="1">
       <c t="s" r="A594" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B594" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C594" s="12">
-        <v>1023</v>
+        <v>1020</v>
       </c>
       <c t="s" r="D594" s="12">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="E594" s="12"/>
       <c t="s" r="F594" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G594" s="13">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c t="s" r="H594" s="12">
-        <v>545</v>
-[...2 lines deleted...]
-    <row r="595" ht="22.5" customHeight="1">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="595" ht="21.75" customHeight="1">
       <c t="s" r="A595" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B595" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C595" s="9">
-        <v>1024</v>
+        <v>1022</v>
       </c>
       <c t="s" r="D595" s="9">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="E595" s="9"/>
       <c t="s" r="F595" s="10">
-        <v>16</v>
+        <v>1023</v>
       </c>
       <c t="s" r="G595" s="10">
-        <v>31</v>
+        <v>1005</v>
       </c>
       <c t="s" r="H595" s="9">
-        <v>1020</v>
-[...2 lines deleted...]
-    <row r="596" ht="21.75" customHeight="1">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="596" ht="22.5" customHeight="1">
       <c t="s" r="A596" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B596" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C596" s="12">
         <v>1025</v>
       </c>
       <c t="s" r="D596" s="12">
-        <v>1019</v>
+        <v>1000</v>
       </c>
       <c r="E596" s="12"/>
       <c t="s" r="F596" s="13">
-        <v>16</v>
+        <v>1026</v>
       </c>
       <c t="s" r="G596" s="13">
-        <v>31</v>
+        <v>1027</v>
       </c>
       <c t="s" r="H596" s="12">
-        <v>1026</v>
-[...2 lines deleted...]
-    <row r="597" ht="22.5" customHeight="1">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="597" ht="21.75" customHeight="1">
       <c t="s" r="A597" s="8">
-        <v>451</v>
+        <v>1029</v>
       </c>
       <c t="s" r="B597" s="9">
-        <v>452</v>
+        <v>1030</v>
       </c>
       <c t="s" r="C597" s="9">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c t="s" r="D597" s="9">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="E597" s="9"/>
       <c t="s" r="F597" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G597" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>1033</v>
+      </c>
+      <c r="H597" s="14"/>
     </row>
     <row r="598" ht="22.5" customHeight="1">
       <c t="s" r="A598" s="11">
-        <v>451</v>
+        <v>1029</v>
       </c>
       <c t="s" r="B598" s="12">
-        <v>452</v>
+        <v>1030</v>
       </c>
       <c t="s" r="C598" s="12">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c t="s" r="D598" s="12">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="E598" s="12"/>
       <c t="s" r="F598" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G598" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>932</v>
+      </c>
+      <c r="H598" s="15"/>
     </row>
     <row r="599" ht="21.75" customHeight="1">
       <c t="s" r="A599" s="8">
-        <v>451</v>
+        <v>1029</v>
       </c>
       <c t="s" r="B599" s="9">
-        <v>452</v>
+        <v>1030</v>
       </c>
       <c t="s" r="C599" s="9">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c t="s" r="D599" s="9">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="E599" s="9"/>
       <c t="s" r="F599" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G599" s="10">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>932</v>
+      </c>
+      <c r="H599" s="14"/>
     </row>
     <row r="600" ht="22.5" customHeight="1">
       <c t="s" r="A600" s="11">
-        <v>451</v>
+        <v>1029</v>
       </c>
       <c t="s" r="B600" s="12">
-        <v>452</v>
+        <v>1030</v>
       </c>
       <c t="s" r="C600" s="12">
+        <v>1036</v>
+      </c>
+      <c t="s" r="D600" s="12">
         <v>1032</v>
-      </c>
-[...1 lines deleted...]
-        <v>1019</v>
       </c>
       <c r="E600" s="12"/>
       <c t="s" r="F600" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G600" s="13">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="601" ht="21.75" customHeight="1">
+        <v>932</v>
+      </c>
+      <c r="H600" s="15"/>
+    </row>
+    <row r="601" ht="32.25" customHeight="1">
       <c t="s" r="A601" s="8">
-        <v>451</v>
+        <v>311</v>
       </c>
       <c t="s" r="B601" s="9">
-        <v>452</v>
+        <v>312</v>
       </c>
       <c t="s" r="C601" s="9">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c t="s" r="D601" s="9">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="E601" s="9"/>
       <c t="s" r="F601" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G601" s="10">
-        <v>31</v>
-[...5 lines deleted...]
-    <row r="602" ht="22.5" customHeight="1">
+        <v>300</v>
+      </c>
+      <c r="H601" s="14"/>
+    </row>
+    <row r="602" ht="32.25" customHeight="1">
       <c t="s" r="A602" s="11">
-        <v>451</v>
+        <v>311</v>
       </c>
       <c t="s" r="B602" s="12">
-        <v>452</v>
+        <v>317</v>
       </c>
       <c t="s" r="C602" s="12">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c t="s" r="D602" s="12">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="E602" s="12"/>
       <c t="s" r="F602" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G602" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="H602" s="15"/>
     </row>
     <row r="603" ht="21.75" customHeight="1">
       <c t="s" r="A603" s="8">
-        <v>451</v>
+        <v>77</v>
       </c>
       <c t="s" r="B603" s="9">
-        <v>452</v>
+        <v>78</v>
       </c>
       <c t="s" r="C603" s="9">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c t="s" r="D603" s="9">
-        <v>1019</v>
+        <v>1040</v>
       </c>
       <c r="E603" s="9"/>
       <c t="s" r="F603" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G603" s="10">
         <v>31</v>
       </c>
-      <c t="s" r="H603" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="H603" s="14"/>
     </row>
     <row r="604" ht="22.5" customHeight="1">
       <c t="s" r="A604" s="11">
-        <v>451</v>
+        <v>77</v>
       </c>
       <c t="s" r="B604" s="12">
-        <v>452</v>
+        <v>78</v>
       </c>
       <c t="s" r="C604" s="12">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c t="s" r="D604" s="12">
-        <v>1019</v>
+        <v>1040</v>
       </c>
       <c r="E604" s="12"/>
       <c t="s" r="F604" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G604" s="13">
         <v>31</v>
       </c>
-      <c t="s" r="H604" s="12">
-[...1 lines deleted...]
-      </c>
+      <c r="H604" s="15"/>
     </row>
     <row r="605" ht="21.75" customHeight="1">
       <c t="s" r="A605" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B605" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C605" s="9">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c t="s" r="D605" s="9">
-        <v>1019</v>
+        <v>1043</v>
       </c>
       <c r="E605" s="9"/>
       <c t="s" r="F605" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G605" s="10">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c t="s" r="H605" s="9">
-        <v>1040</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="606" ht="22.5" customHeight="1">
       <c t="s" r="A606" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B606" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C606" s="12">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c t="s" r="D606" s="12">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="E606" s="12"/>
       <c t="s" r="F606" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G606" s="13">
-        <v>31</v>
+        <v>1047</v>
       </c>
       <c t="s" r="H606" s="12">
-        <v>1026</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="607" ht="21.75" customHeight="1">
       <c t="s" r="A607" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B607" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C607" s="9">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c t="s" r="D607" s="9">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="E607" s="9"/>
       <c t="s" r="F607" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G607" s="10">
-        <v>31</v>
+        <v>1047</v>
       </c>
       <c t="s" r="H607" s="9">
-        <v>1031</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="608" ht="22.5" customHeight="1">
       <c t="s" r="A608" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B608" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C608" s="12">
-        <v>1043</v>
+        <v>1051</v>
       </c>
       <c t="s" r="D608" s="12">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="E608" s="12"/>
       <c t="s" r="F608" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G608" s="13">
-        <v>31</v>
+        <v>1047</v>
       </c>
       <c t="s" r="H608" s="12">
-        <v>1036</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="609" ht="22.5" customHeight="1">
       <c t="s" r="A609" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B609" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C609" s="9">
-        <v>1044</v>
+        <v>1053</v>
       </c>
       <c t="s" r="D609" s="9">
-        <v>1019</v>
+        <v>1046</v>
       </c>
       <c r="E609" s="9"/>
       <c t="s" r="F609" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G609" s="10">
-        <v>31</v>
+        <v>1047</v>
       </c>
       <c t="s" r="H609" s="9">
-        <v>1045</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="610" ht="21.75" customHeight="1">
       <c t="s" r="A610" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B610" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C610" s="12">
+        <v>1055</v>
+      </c>
+      <c t="s" r="D610" s="12">
         <v>1046</v>
-      </c>
-[...1 lines deleted...]
-        <v>1019</v>
       </c>
       <c r="E610" s="12"/>
       <c t="s" r="F610" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G610" s="13">
-        <v>31</v>
+        <v>1047</v>
       </c>
       <c t="s" r="H610" s="12">
-        <v>1045</v>
-[...2 lines deleted...]
-    <row r="611" ht="22.5" customHeight="1">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="611" ht="32.25" customHeight="1">
       <c t="s" r="A611" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B611" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C611" s="9">
-        <v>1047</v>
+        <v>1056</v>
       </c>
       <c t="s" r="D611" s="9">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="E611" s="9"/>
       <c t="s" r="F611" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G611" s="10">
-        <v>17</v>
+        <v>1047</v>
       </c>
       <c t="s" r="H611" s="9">
-        <v>1049</v>
-[...2 lines deleted...]
-    <row r="612" ht="21.75" customHeight="1">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="612" ht="22.5" customHeight="1">
       <c t="s" r="A612" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B612" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C612" s="12">
-        <v>1050</v>
+        <v>1058</v>
       </c>
       <c t="s" r="D612" s="12">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="E612" s="12"/>
       <c t="s" r="F612" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G612" s="13">
-        <v>17</v>
+        <v>1059</v>
       </c>
       <c t="s" r="H612" s="12">
-        <v>953</v>
-[...2 lines deleted...]
-    <row r="613" ht="22.5" customHeight="1">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="613" ht="42" customHeight="1">
       <c t="s" r="A613" s="8">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B613" s="9">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C613" s="9">
-        <v>1051</v>
+        <v>1061</v>
       </c>
       <c t="s" r="D613" s="9">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="E613" s="9"/>
       <c t="s" r="F613" s="10">
-        <v>1052</v>
+        <v>1026</v>
       </c>
       <c t="s" r="G613" s="10">
-        <v>1053</v>
+        <v>1062</v>
       </c>
       <c t="s" r="H613" s="9">
-        <v>1054</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="614" ht="21.75" customHeight="1">
       <c t="s" r="A614" s="11">
-        <v>451</v>
+        <v>383</v>
       </c>
       <c t="s" r="B614" s="12">
-        <v>452</v>
+        <v>384</v>
       </c>
       <c t="s" r="C614" s="12">
-        <v>1055</v>
+        <v>1064</v>
       </c>
       <c t="s" r="D614" s="12">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="E614" s="12"/>
       <c t="s" r="F614" s="13">
-        <v>16</v>
+        <v>1065</v>
       </c>
       <c t="s" r="G614" s="13">
-        <v>17</v>
+        <v>1066</v>
       </c>
       <c t="s" r="H614" s="12">
-        <v>1056</v>
-[...2 lines deleted...]
-    <row r="615" ht="22.5" customHeight="1">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="615" ht="32.25" customHeight="1">
       <c t="s" r="A615" s="8">
-        <v>451</v>
+        <v>176</v>
       </c>
       <c t="s" r="B615" s="9">
-        <v>452</v>
+        <v>177</v>
       </c>
       <c t="s" r="C615" s="9">
-        <v>1057</v>
+        <v>1068</v>
       </c>
       <c t="s" r="D615" s="9">
-        <v>1048</v>
+        <v>1040</v>
       </c>
       <c r="E615" s="9"/>
       <c t="s" r="F615" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G615" s="10">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="616" ht="21.75" customHeight="1">
+        <v>31</v>
+      </c>
+      <c r="H615" s="14"/>
+    </row>
+    <row r="616" ht="22.5" customHeight="1">
       <c t="s" r="A616" s="11">
-        <v>451</v>
+        <v>77</v>
       </c>
       <c t="s" r="B616" s="12">
-        <v>452</v>
+        <v>78</v>
       </c>
       <c t="s" r="C616" s="12">
-        <v>1058</v>
+        <v>1069</v>
       </c>
       <c t="s" r="D616" s="12">
-        <v>1048</v>
+        <v>678</v>
       </c>
       <c r="E616" s="12"/>
       <c t="s" r="F616" s="13">
-        <v>16</v>
+        <v>1070</v>
       </c>
       <c t="s" r="G616" s="13">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="617" ht="22.5" customHeight="1">
+        <v>300</v>
+      </c>
+      <c r="H616" s="15"/>
+    </row>
+    <row r="617" ht="31.5" customHeight="1">
       <c t="s" r="A617" s="8">
-        <v>451</v>
+        <v>94</v>
       </c>
       <c t="s" r="B617" s="9">
-        <v>452</v>
+        <v>95</v>
       </c>
       <c t="s" r="C617" s="9">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c t="s" r="D617" s="9">
-        <v>1048</v>
+        <v>261</v>
       </c>
       <c r="E617" s="9"/>
       <c t="s" r="F617" s="10">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c t="s" r="G617" s="10">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="618" ht="22.5" customHeight="1">
+        <v>174</v>
+      </c>
+      <c r="H617" s="14"/>
+    </row>
+    <row r="618" ht="32.25" customHeight="1">
       <c t="s" r="A618" s="11">
-        <v>451</v>
+        <v>94</v>
       </c>
       <c t="s" r="B618" s="12">
-        <v>452</v>
+        <v>95</v>
       </c>
       <c t="s" r="C618" s="12">
-        <v>1061</v>
+        <v>1072</v>
       </c>
       <c t="s" r="D618" s="12">
-        <v>1048</v>
+        <v>261</v>
       </c>
       <c r="E618" s="12"/>
       <c t="s" r="F618" s="13">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c t="s" r="G618" s="13">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="619" ht="21.75" customHeight="1">
+        <v>174</v>
+      </c>
+      <c r="H618" s="15"/>
+    </row>
+    <row r="619" ht="32.25" customHeight="1">
       <c t="s" r="A619" s="8">
-        <v>451</v>
+        <v>94</v>
       </c>
       <c t="s" r="B619" s="9">
-        <v>452</v>
+        <v>95</v>
       </c>
       <c t="s" r="C619" s="9">
-        <v>1063</v>
+        <v>1073</v>
       </c>
       <c t="s" r="D619" s="9">
-        <v>1048</v>
+        <v>261</v>
       </c>
       <c r="E619" s="9"/>
       <c t="s" r="F619" s="10">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c t="s" r="G619" s="10">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="620" ht="22.5" customHeight="1">
+        <v>174</v>
+      </c>
+      <c r="H619" s="14"/>
+    </row>
+    <row r="620" ht="32.25" customHeight="1">
       <c t="s" r="A620" s="11">
-        <v>451</v>
+        <v>94</v>
       </c>
       <c t="s" r="B620" s="12">
-        <v>452</v>
+        <v>95</v>
       </c>
       <c t="s" r="C620" s="12">
-        <v>1065</v>
+        <v>1074</v>
       </c>
       <c t="s" r="D620" s="12">
-        <v>1048</v>
+        <v>261</v>
       </c>
       <c r="E620" s="12"/>
       <c t="s" r="F620" s="13">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c t="s" r="G620" s="13">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="621" ht="21.75" customHeight="1">
+        <v>174</v>
+      </c>
+      <c r="H620" s="15"/>
+    </row>
+    <row r="621" ht="32.25" customHeight="1">
       <c t="s" r="A621" s="8">
-        <v>451</v>
+        <v>94</v>
       </c>
       <c t="s" r="B621" s="9">
-        <v>452</v>
+        <v>95</v>
       </c>
       <c t="s" r="C621" s="9">
-        <v>1066</v>
+        <v>1075</v>
       </c>
       <c t="s" r="D621" s="9">
-        <v>1048</v>
+        <v>261</v>
       </c>
       <c r="E621" s="9"/>
       <c t="s" r="F621" s="10">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c t="s" r="G621" s="10">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="622" ht="22.5" customHeight="1">
+        <v>174</v>
+      </c>
+      <c r="H621" s="14"/>
+    </row>
+    <row r="622" ht="32.25" customHeight="1">
       <c t="s" r="A622" s="11">
-        <v>451</v>
+        <v>94</v>
       </c>
       <c t="s" r="B622" s="12">
-        <v>452</v>
+        <v>95</v>
       </c>
       <c t="s" r="C622" s="12">
-        <v>1068</v>
+        <v>1076</v>
       </c>
       <c t="s" r="D622" s="12">
-        <v>1048</v>
+        <v>261</v>
       </c>
       <c r="E622" s="12"/>
       <c t="s" r="F622" s="13">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c t="s" r="G622" s="13">
-        <v>17</v>
-[...5 lines deleted...]
-    <row r="623" ht="21.75" customHeight="1">
+        <v>174</v>
+      </c>
+      <c r="H622" s="15"/>
+    </row>
+    <row r="623" ht="31.5" customHeight="1">
       <c t="s" r="A623" s="8">
-        <v>451</v>
+        <v>259</v>
       </c>
       <c t="s" r="B623" s="9">
-        <v>452</v>
+        <v>95</v>
       </c>
       <c t="s" r="C623" s="9">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c t="s" r="D623" s="9">
-        <v>1048</v>
+        <v>261</v>
       </c>
       <c r="E623" s="9"/>
       <c t="s" r="F623" s="10">
-        <v>1071</v>
+        <v>173</v>
       </c>
       <c t="s" r="G623" s="10">
-        <v>1053</v>
-[...5 lines deleted...]
-    <row r="624" ht="22.5" customHeight="1">
+        <v>174</v>
+      </c>
+      <c r="H623" s="14"/>
+    </row>
+    <row r="624" ht="18" customHeight="1">
       <c t="s" r="A624" s="11">
-        <v>451</v>
+        <v>119</v>
       </c>
       <c t="s" r="B624" s="12">
-        <v>452</v>
+        <v>120</v>
       </c>
       <c t="s" r="C624" s="12">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c t="s" r="D624" s="12">
-        <v>1048</v>
+        <v>1079</v>
       </c>
       <c r="E624" s="12"/>
       <c t="s" r="F624" s="13">
-        <v>1074</v>
+        <v>40</v>
       </c>
       <c t="s" r="G624" s="13">
-        <v>1075</v>
-[...5 lines deleted...]
-    <row r="625" ht="21.75" customHeight="1">
+        <v>1080</v>
+      </c>
+      <c r="H624" s="15"/>
+    </row>
+    <row r="625" ht="18" customHeight="1">
       <c t="s" r="A625" s="8">
-        <v>679</v>
+        <v>119</v>
       </c>
       <c t="s" r="B625" s="9">
-        <v>680</v>
+        <v>125</v>
       </c>
       <c t="s" r="C625" s="9">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c t="s" r="D625" s="9">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="E625" s="9"/>
       <c t="s" r="F625" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G625" s="10">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="H625" s="14"/>
     </row>
     <row r="626" ht="22.5" customHeight="1">
       <c t="s" r="A626" s="11">
-        <v>679</v>
+        <v>12</v>
       </c>
       <c t="s" r="B626" s="12">
-        <v>680</v>
+        <v>13</v>
       </c>
       <c t="s" r="C626" s="12">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c t="s" r="D626" s="12">
-        <v>1078</v>
+        <v>373</v>
       </c>
       <c r="E626" s="12"/>
       <c t="s" r="F626" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G626" s="13">
-        <v>982</v>
+        <v>1084</v>
       </c>
       <c r="H626" s="15"/>
     </row>
-    <row r="627" ht="22.5" customHeight="1">
+    <row r="627" ht="32.25" customHeight="1">
       <c t="s" r="A627" s="8">
-        <v>679</v>
+        <v>176</v>
       </c>
       <c t="s" r="B627" s="9">
-        <v>680</v>
+        <v>177</v>
       </c>
       <c t="s" r="C627" s="9">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c t="s" r="D627" s="9">
-        <v>1078</v>
+        <v>386</v>
       </c>
       <c r="E627" s="9"/>
       <c t="s" r="F627" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G627" s="10">
-        <v>982</v>
+        <v>31</v>
       </c>
       <c r="H627" s="14"/>
     </row>
     <row r="628" ht="21.75" customHeight="1">
       <c t="s" r="A628" s="11">
-        <v>679</v>
+        <v>320</v>
       </c>
       <c t="s" r="B628" s="12">
-        <v>680</v>
+        <v>321</v>
       </c>
       <c t="s" r="C628" s="12">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c t="s" r="D628" s="12">
-        <v>1078</v>
+        <v>386</v>
       </c>
       <c r="E628" s="12"/>
       <c t="s" r="F628" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G628" s="13">
-        <v>982</v>
+        <v>748</v>
       </c>
       <c r="H628" s="15"/>
     </row>
-    <row r="629" ht="32.25" customHeight="1">
+    <row r="629" ht="22.5" customHeight="1">
       <c t="s" r="A629" s="8">
-        <v>166</v>
+        <v>1029</v>
       </c>
       <c t="s" r="B629" s="9">
-        <v>167</v>
+        <v>1030</v>
       </c>
       <c t="s" r="C629" s="9">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c t="s" r="D629" s="9">
-        <v>1078</v>
+        <v>931</v>
       </c>
       <c r="E629" s="9"/>
       <c t="s" r="F629" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G629" s="10">
-        <v>352</v>
+        <v>932</v>
       </c>
       <c r="H629" s="14"/>
     </row>
-    <row r="630" ht="32.25" customHeight="1">
+    <row r="630" ht="21.75" customHeight="1">
       <c t="s" r="A630" s="11">
-        <v>166</v>
+        <v>566</v>
       </c>
       <c t="s" r="B630" s="12">
-        <v>174</v>
+        <v>567</v>
       </c>
       <c t="s" r="C630" s="12">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c t="s" r="D630" s="12">
-        <v>1078</v>
+        <v>931</v>
       </c>
       <c r="E630" s="12"/>
       <c t="s" r="F630" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G630" s="13">
-        <v>352</v>
+        <v>932</v>
       </c>
       <c r="H630" s="15"/>
     </row>
-    <row r="631" ht="21.75" customHeight="1">
+    <row r="631" ht="32.25" customHeight="1">
       <c t="s" r="A631" s="8">
-        <v>12</v>
+        <v>311</v>
       </c>
       <c t="s" r="B631" s="9">
-        <v>13</v>
+        <v>312</v>
       </c>
       <c t="s" r="C631" s="9">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c t="s" r="D631" s="9">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="E631" s="9"/>
       <c t="s" r="F631" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G631" s="10">
-        <v>27</v>
+        <v>1091</v>
       </c>
       <c r="H631" s="14"/>
     </row>
-    <row r="632" ht="22.5" customHeight="1">
+    <row r="632" ht="32.25" customHeight="1">
       <c t="s" r="A632" s="11">
-        <v>12</v>
+        <v>311</v>
       </c>
       <c t="s" r="B632" s="12">
-        <v>13</v>
+        <v>317</v>
       </c>
       <c t="s" r="C632" s="12">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c t="s" r="D632" s="12">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="E632" s="12"/>
       <c t="s" r="F632" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G632" s="13">
-        <v>27</v>
+        <v>1093</v>
       </c>
       <c r="H632" s="15"/>
     </row>
-    <row r="633" ht="21.75" customHeight="1">
+    <row r="633" ht="22.5" customHeight="1">
       <c t="s" r="A633" s="8">
-        <v>12</v>
+        <v>110</v>
       </c>
       <c t="s" r="B633" s="9">
-        <v>13</v>
+        <v>111</v>
       </c>
       <c t="s" r="C633" s="9">
-        <v>1088</v>
+        <v>1094</v>
       </c>
       <c t="s" r="D633" s="9">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="E633" s="9"/>
       <c t="s" r="F633" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G633" s="10">
-        <v>27</v>
+        <v>1095</v>
       </c>
       <c r="H633" s="14"/>
     </row>
-    <row r="634" ht="22.5" customHeight="1">
+    <row r="634" ht="21.75" customHeight="1">
       <c t="s" r="A634" s="11">
-        <v>95</v>
+        <v>119</v>
       </c>
       <c t="s" r="B634" s="12">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c t="s" r="C634" s="12">
-        <v>1089</v>
+        <v>1096</v>
       </c>
       <c t="s" r="D634" s="12">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="E634" s="12"/>
       <c t="s" r="F634" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G634" s="13">
-        <v>31</v>
+        <v>324</v>
       </c>
       <c r="H634" s="15"/>
     </row>
     <row r="635" ht="22.5" customHeight="1">
       <c t="s" r="A635" s="8">
-        <v>95</v>
+        <v>119</v>
       </c>
       <c t="s" r="B635" s="9">
-        <v>96</v>
+        <v>125</v>
       </c>
       <c t="s" r="C635" s="9">
+        <v>1097</v>
+      </c>
+      <c t="s" r="D635" s="9">
         <v>1090</v>
-      </c>
-[...1 lines deleted...]
-        <v>1086</v>
       </c>
       <c r="E635" s="9"/>
       <c t="s" r="F635" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G635" s="10">
-        <v>31</v>
+        <v>1098</v>
       </c>
       <c r="H635" s="14"/>
     </row>
     <row r="636" ht="21.75" customHeight="1">
       <c t="s" r="A636" s="11">
-        <v>451</v>
+        <v>144</v>
       </c>
       <c t="s" r="B636" s="12">
-        <v>452</v>
+        <v>145</v>
       </c>
       <c t="s" r="C636" s="12">
-        <v>1091</v>
+        <v>1099</v>
       </c>
       <c t="s" r="D636" s="12">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="E636" s="12"/>
       <c t="s" r="F636" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G636" s="13">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>1095</v>
+      </c>
+      <c r="H636" s="15"/>
     </row>
     <row r="637" ht="22.5" customHeight="1">
       <c t="s" r="A637" s="8">
-        <v>451</v>
+        <v>144</v>
       </c>
       <c t="s" r="B637" s="9">
-        <v>452</v>
+        <v>145</v>
       </c>
       <c t="s" r="C637" s="9">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c t="s" r="D637" s="9">
-        <v>1095</v>
+        <v>1090</v>
       </c>
       <c r="E637" s="9"/>
       <c t="s" r="F637" s="10">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G637" s="10">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>1101</v>
+      </c>
+      <c r="H637" s="14"/>
     </row>
     <row r="638" ht="21.75" customHeight="1">
       <c t="s" r="A638" s="11">
-        <v>451</v>
+        <v>557</v>
       </c>
       <c t="s" r="B638" s="12">
-        <v>452</v>
+        <v>558</v>
       </c>
       <c t="s" r="C638" s="12">
-        <v>1097</v>
+        <v>1102</v>
       </c>
       <c t="s" r="D638" s="12">
-        <v>1095</v>
+        <v>1103</v>
       </c>
       <c r="E638" s="12"/>
       <c t="s" r="F638" s="13">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c t="s" r="G638" s="13">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>1095</v>
+      </c>
+      <c r="H638" s="15"/>
     </row>
     <row r="639" ht="22.5" customHeight="1">
       <c t="s" r="A639" s="8">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B639" s="9">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C639" s="9">
-        <v>1098</v>
+        <v>1104</v>
       </c>
       <c t="s" r="D639" s="9">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="E639" s="9"/>
       <c t="s" r="F639" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G639" s="10">
-        <v>1100</v>
-[...5 lines deleted...]
-    <row r="640" ht="21.75" customHeight="1">
+        <v>83</v>
+      </c>
+      <c r="H639" s="14"/>
+    </row>
+    <row r="640" ht="22.5" customHeight="1">
       <c t="s" r="A640" s="11">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B640" s="12">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C640" s="12">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c t="s" r="D640" s="12">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="E640" s="12"/>
       <c t="s" r="F640" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G640" s="13">
-        <v>1100</v>
-[...5 lines deleted...]
-    <row r="641" ht="22.5" customHeight="1">
+        <v>83</v>
+      </c>
+      <c r="H640" s="15"/>
+    </row>
+    <row r="641" ht="21.75" customHeight="1">
       <c t="s" r="A641" s="8">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B641" s="9">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C641" s="9">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c t="s" r="D641" s="9">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="E641" s="9"/>
       <c t="s" r="F641" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G641" s="10">
-        <v>1100</v>
-[...1 lines deleted...]
-      <c t="s" r="H641" s="9">
+        <v>53</v>
+      </c>
+      <c r="H641" s="14"/>
+    </row>
+    <row r="642" ht="22.5" customHeight="1">
+      <c t="s" r="A642" s="11">
+        <v>97</v>
+      </c>
+      <c t="s" r="B642" s="12">
+        <v>98</v>
+      </c>
+      <c t="s" r="C642" s="12">
+        <v>1108</v>
+      </c>
+      <c t="s" r="D642" s="12">
         <v>1105</v>
-      </c>
-[...12 lines deleted...]
-        <v>1099</v>
       </c>
       <c r="E642" s="12"/>
       <c t="s" r="F642" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G642" s="13">
-        <v>1100</v>
-[...5 lines deleted...]
-    <row r="643" ht="22.5" customHeight="1">
+        <v>53</v>
+      </c>
+      <c r="H642" s="15"/>
+    </row>
+    <row r="643" ht="21.75" customHeight="1">
       <c t="s" r="A643" s="8">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B643" s="9">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C643" s="9">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c t="s" r="D643" s="9">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="E643" s="9"/>
       <c t="s" r="F643" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G643" s="10">
-        <v>1100</v>
-[...5 lines deleted...]
-    <row r="644" ht="32.25" customHeight="1">
+        <v>53</v>
+      </c>
+      <c r="H643" s="14"/>
+    </row>
+    <row r="644" ht="22.5" customHeight="1">
       <c t="s" r="A644" s="11">
-        <v>451</v>
+        <v>97</v>
       </c>
       <c t="s" r="B644" s="12">
-        <v>452</v>
+        <v>98</v>
       </c>
       <c t="s" r="C644" s="12">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c t="s" r="D644" s="12">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="E644" s="12"/>
       <c t="s" r="F644" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G644" s="13">
-        <v>1100</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="H644" s="15"/>
     </row>
     <row r="645" ht="21.75" customHeight="1">
       <c t="s" r="A645" s="8">
-        <v>451</v>
+        <v>216</v>
       </c>
       <c t="s" r="B645" s="9">
-        <v>452</v>
+        <v>217</v>
       </c>
       <c t="s" r="C645" s="9">
         <v>1111</v>
       </c>
       <c t="s" r="D645" s="9">
-        <v>1099</v>
+        <v>1112</v>
       </c>
       <c r="E645" s="9"/>
       <c t="s" r="F645" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G645" s="10">
-        <v>1112</v>
-[...1 lines deleted...]
-      <c t="s" r="H645" s="9">
         <v>1113</v>
       </c>
-    </row>
-    <row r="646" ht="42.75" customHeight="1">
+      <c r="H645" s="14"/>
+    </row>
+    <row r="646" ht="22.5" customHeight="1">
       <c t="s" r="A646" s="11">
-        <v>451</v>
+        <v>59</v>
       </c>
       <c t="s" r="B646" s="12">
-        <v>452</v>
+        <v>60</v>
       </c>
       <c t="s" r="C646" s="12">
         <v>1114</v>
       </c>
       <c t="s" r="D646" s="12">
-        <v>1099</v>
+        <v>1115</v>
       </c>
       <c r="E646" s="12"/>
       <c t="s" r="F646" s="13">
-        <v>1074</v>
+        <v>40</v>
       </c>
       <c t="s" r="G646" s="13">
-        <v>1115</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="H646" s="15"/>
     </row>
     <row r="647" ht="21.75" customHeight="1">
       <c t="s" r="A647" s="8">
-        <v>451</v>
+        <v>89</v>
       </c>
       <c t="s" r="B647" s="9">
-        <v>452</v>
+        <v>90</v>
       </c>
       <c t="s" r="C647" s="9">
+        <v>1116</v>
+      </c>
+      <c t="s" r="D647" s="9">
         <v>1117</v>
-      </c>
-[...1 lines deleted...]
-        <v>1099</v>
       </c>
       <c r="E647" s="9"/>
       <c t="s" r="F647" s="10">
+        <v>40</v>
+      </c>
+      <c t="s" r="G647" s="10">
+        <v>968</v>
+      </c>
+      <c r="H647" s="14"/>
+    </row>
+    <row r="648" ht="18" customHeight="1">
+      <c t="s" r="A648" s="11">
+        <v>119</v>
+      </c>
+      <c t="s" r="B648" s="12">
+        <v>120</v>
+      </c>
+      <c t="s" r="C648" s="12">
         <v>1118</v>
       </c>
-      <c t="s" r="G647" s="10">
+      <c t="s" r="D648" s="12">
         <v>1119</v>
-      </c>
-[...15 lines deleted...]
-        <v>1086</v>
       </c>
       <c r="E648" s="12"/>
       <c t="s" r="F648" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G648" s="13">
-        <v>31</v>
+        <v>324</v>
       </c>
       <c r="H648" s="15"/>
     </row>
-    <row r="649" ht="21.75" customHeight="1">
+    <row r="649" ht="18" customHeight="1">
       <c t="s" r="A649" s="8">
-        <v>95</v>
+        <v>119</v>
       </c>
       <c t="s" r="B649" s="9">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c t="s" r="C649" s="9">
-        <v>1122</v>
+        <v>1120</v>
       </c>
       <c t="s" r="D649" s="9">
-        <v>736</v>
+        <v>1119</v>
       </c>
       <c r="E649" s="9"/>
       <c t="s" r="F649" s="10">
+        <v>40</v>
+      </c>
+      <c t="s" r="G649" s="10">
+        <v>31</v>
+      </c>
+      <c r="H649" s="14"/>
+    </row>
+    <row r="650" ht="22.5" customHeight="1">
+      <c t="s" r="A650" s="11">
+        <v>1121</v>
+      </c>
+      <c t="s" r="B650" s="12">
+        <v>1122</v>
+      </c>
+      <c t="s" r="C650" s="12">
         <v>1123</v>
       </c>
-      <c t="s" r="G649" s="10">
-[...11 lines deleted...]
-      <c t="s" r="C650" s="12">
+      <c t="s" r="D650" s="12">
         <v>1124</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="E650" s="12"/>
       <c t="s" r="F650" s="13">
-        <v>216</v>
+        <v>40</v>
       </c>
       <c t="s" r="G650" s="13">
-        <v>217</v>
+        <v>240</v>
       </c>
       <c r="H650" s="15"/>
     </row>
-    <row r="651" ht="32.25" customHeight="1">
+    <row r="651" ht="22.5" customHeight="1">
       <c t="s" r="A651" s="8">
-        <v>112</v>
+        <v>1121</v>
       </c>
       <c t="s" r="B651" s="9">
-        <v>113</v>
+        <v>1125</v>
       </c>
       <c t="s" r="C651" s="9">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c t="s" r="D651" s="9">
-        <v>303</v>
+        <v>1124</v>
       </c>
       <c r="E651" s="9"/>
       <c t="s" r="F651" s="10">
-        <v>216</v>
+        <v>40</v>
       </c>
       <c t="s" r="G651" s="10">
-        <v>217</v>
+        <v>240</v>
       </c>
       <c r="H651" s="14"/>
     </row>
-    <row r="652" ht="32.25" customHeight="1">
+    <row r="652" ht="21.75" customHeight="1">
       <c t="s" r="A652" s="11">
-        <v>112</v>
+        <v>1121</v>
       </c>
       <c t="s" r="B652" s="12">
-        <v>113</v>
+        <v>1127</v>
       </c>
       <c t="s" r="C652" s="12">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c t="s" r="D652" s="12">
-        <v>303</v>
+        <v>1124</v>
       </c>
       <c r="E652" s="12"/>
       <c t="s" r="F652" s="13">
-        <v>216</v>
+        <v>40</v>
       </c>
       <c t="s" r="G652" s="13">
-        <v>217</v>
+        <v>240</v>
       </c>
       <c r="H652" s="15"/>
     </row>
-    <row r="653" ht="32.25" customHeight="1">
+    <row r="653" ht="22.5" customHeight="1">
       <c t="s" r="A653" s="8">
-        <v>112</v>
+        <v>1121</v>
       </c>
       <c t="s" r="B653" s="9">
-        <v>113</v>
+        <v>1129</v>
       </c>
       <c t="s" r="C653" s="9">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c t="s" r="D653" s="9">
-        <v>303</v>
+        <v>1124</v>
       </c>
       <c r="E653" s="9"/>
       <c t="s" r="F653" s="10">
-        <v>216</v>
+        <v>40</v>
       </c>
       <c t="s" r="G653" s="10">
-        <v>217</v>
+        <v>240</v>
       </c>
       <c r="H653" s="14"/>
     </row>
-    <row r="654" ht="32.25" customHeight="1">
+    <row r="654" ht="81.75" customHeight="1">
       <c t="s" r="A654" s="11">
-        <v>112</v>
+        <v>204</v>
       </c>
       <c t="s" r="B654" s="12">
-        <v>113</v>
+        <v>205</v>
       </c>
       <c t="s" r="C654" s="12">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c t="s" r="D654" s="12">
-        <v>303</v>
+        <v>37</v>
       </c>
       <c r="E654" s="12"/>
       <c t="s" r="F654" s="13">
-        <v>216</v>
+        <v>16</v>
       </c>
       <c t="s" r="G654" s="13">
-        <v>217</v>
-[...3 lines deleted...]
-    <row r="655" ht="31.5" customHeight="1">
+        <v>1132</v>
+      </c>
+      <c t="s" r="H654" s="12">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="655" ht="81.75" customHeight="1">
       <c t="s" r="A655" s="8">
-        <v>112</v>
+        <v>204</v>
       </c>
       <c t="s" r="B655" s="9">
-        <v>113</v>
+        <v>205</v>
       </c>
       <c t="s" r="C655" s="9">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c t="s" r="D655" s="9">
-        <v>303</v>
+        <v>37</v>
       </c>
       <c r="E655" s="9"/>
       <c t="s" r="F655" s="10">
-        <v>216</v>
+        <v>16</v>
       </c>
       <c t="s" r="G655" s="10">
-        <v>217</v>
-[...3 lines deleted...]
-    <row r="656" ht="32.25" customHeight="1">
+        <v>1132</v>
+      </c>
+      <c t="s" r="H655" s="9">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="656" ht="72" customHeight="1">
       <c t="s" r="A656" s="11">
-        <v>301</v>
+        <v>204</v>
       </c>
       <c t="s" r="B656" s="12">
-        <v>113</v>
+        <v>205</v>
       </c>
       <c t="s" r="C656" s="12">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c t="s" r="D656" s="12">
-        <v>303</v>
+        <v>37</v>
       </c>
       <c r="E656" s="12"/>
       <c t="s" r="F656" s="13">
-        <v>216</v>
+        <v>46</v>
       </c>
       <c t="s" r="G656" s="13">
-        <v>217</v>
-[...3 lines deleted...]
-    <row r="657" ht="18" customHeight="1">
+        <v>47</v>
+      </c>
+      <c t="s" r="H656" s="12">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="657" ht="22.5" customHeight="1">
       <c t="s" r="A657" s="8">
-        <v>137</v>
+        <v>23</v>
       </c>
       <c t="s" r="B657" s="9">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c t="s" r="C657" s="9">
-        <v>1131</v>
+        <v>1138</v>
       </c>
       <c t="s" r="D657" s="9">
-        <v>1132</v>
+        <v>1139</v>
       </c>
       <c r="E657" s="9"/>
       <c t="s" r="F657" s="10">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G657" s="10">
-        <v>1133</v>
+        <v>152</v>
       </c>
       <c r="H657" s="14"/>
     </row>
-    <row r="658" ht="18" customHeight="1">
+    <row r="658" ht="31.5" customHeight="1">
       <c t="s" r="A658" s="11">
-        <v>137</v>
+        <v>311</v>
       </c>
       <c t="s" r="B658" s="12">
-        <v>143</v>
+        <v>312</v>
       </c>
       <c t="s" r="C658" s="12">
-        <v>1134</v>
+        <v>1140</v>
       </c>
       <c t="s" r="D658" s="12">
-        <v>1132</v>
+        <v>1141</v>
       </c>
       <c r="E658" s="12"/>
       <c t="s" r="F658" s="13">
-        <v>40</v>
+        <v>314</v>
       </c>
       <c t="s" r="G658" s="13">
-        <v>1135</v>
-[...3 lines deleted...]
-    <row r="659" ht="22.5" customHeight="1">
+        <v>315</v>
+      </c>
+      <c t="s" r="H658" s="12">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="659" ht="32.25" customHeight="1">
       <c t="s" r="A659" s="8">
-        <v>12</v>
+        <v>311</v>
       </c>
       <c t="s" r="B659" s="9">
-        <v>13</v>
+        <v>317</v>
       </c>
       <c t="s" r="C659" s="9">
-        <v>1136</v>
+        <v>1142</v>
       </c>
       <c t="s" r="D659" s="9">
-        <v>433</v>
+        <v>1141</v>
       </c>
       <c r="E659" s="9"/>
       <c t="s" r="F659" s="10">
-        <v>40</v>
+        <v>314</v>
       </c>
       <c t="s" r="G659" s="10">
-        <v>1137</v>
-[...1 lines deleted...]
-      <c r="H659" s="14"/>
+        <v>315</v>
+      </c>
+      <c t="s" r="H659" s="9">
+        <v>1143</v>
+      </c>
     </row>
     <row r="660" ht="32.25" customHeight="1">
       <c t="s" r="A660" s="11">
-        <v>219</v>
+        <v>353</v>
       </c>
       <c t="s" r="B660" s="12">
-        <v>220</v>
+        <v>354</v>
       </c>
       <c t="s" r="C660" s="12">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c t="s" r="D660" s="12">
-        <v>454</v>
+        <v>1145</v>
       </c>
       <c r="E660" s="12"/>
       <c t="s" r="F660" s="13">
-        <v>40</v>
+        <v>1065</v>
       </c>
       <c t="s" r="G660" s="13">
-        <v>31</v>
-[...3 lines deleted...]
-    <row r="661" ht="21.75" customHeight="1">
+        <v>1066</v>
+      </c>
+      <c t="s" r="H660" s="12">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="661" ht="32.25" customHeight="1">
       <c t="s" r="A661" s="8">
-        <v>380</v>
+        <v>353</v>
       </c>
       <c t="s" r="B661" s="9">
-        <v>381</v>
+        <v>354</v>
       </c>
       <c t="s" r="C661" s="9">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c t="s" r="D661" s="9">
-        <v>454</v>
+        <v>1145</v>
       </c>
       <c r="E661" s="9"/>
       <c t="s" r="F661" s="10">
-        <v>40</v>
+        <v>1065</v>
       </c>
       <c t="s" r="G661" s="10">
-        <v>806</v>
-[...3 lines deleted...]
-    <row r="662" ht="22.5" customHeight="1">
+        <v>1066</v>
+      </c>
+      <c t="s" r="H661" s="9">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="662" ht="32.25" customHeight="1">
       <c t="s" r="A662" s="11">
-        <v>679</v>
+        <v>353</v>
       </c>
       <c t="s" r="B662" s="12">
-        <v>680</v>
+        <v>354</v>
       </c>
       <c t="s" r="C662" s="12">
-        <v>1140</v>
+        <v>1149</v>
       </c>
       <c t="s" r="D662" s="12">
-        <v>981</v>
+        <v>1145</v>
       </c>
       <c r="E662" s="12"/>
       <c t="s" r="F662" s="13">
-        <v>40</v>
+        <v>1065</v>
       </c>
       <c t="s" r="G662" s="13">
-        <v>982</v>
-[...1 lines deleted...]
-      <c r="H662" s="15"/>
+        <v>1066</v>
+      </c>
+      <c t="s" r="H662" s="12">
+        <v>1150</v>
+      </c>
     </row>
     <row r="663" ht="21.75" customHeight="1">
       <c t="s" r="A663" s="8">
-        <v>641</v>
+        <v>745</v>
       </c>
       <c t="s" r="B663" s="9">
-        <v>642</v>
+        <v>746</v>
       </c>
       <c t="s" r="C663" s="9">
-        <v>1141</v>
+        <v>1151</v>
       </c>
       <c t="s" r="D663" s="9">
-        <v>981</v>
+        <v>386</v>
       </c>
       <c r="E663" s="9"/>
       <c t="s" r="F663" s="10">
-        <v>40</v>
+        <v>1152</v>
       </c>
       <c t="s" r="G663" s="10">
-        <v>982</v>
-[...3 lines deleted...]
-    <row r="664" ht="32.25" customHeight="1">
+        <v>1153</v>
+      </c>
+      <c t="s" r="H663" s="9">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="664" ht="22.5" customHeight="1">
       <c t="s" r="A664" s="11">
-        <v>166</v>
+        <v>1155</v>
       </c>
       <c t="s" r="B664" s="12">
-        <v>167</v>
+        <v>1156</v>
       </c>
       <c t="s" r="C664" s="12">
-        <v>1142</v>
+        <v>1157</v>
       </c>
       <c t="s" r="D664" s="12">
-        <v>1143</v>
+        <v>157</v>
       </c>
       <c r="E664" s="12"/>
       <c t="s" r="F664" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G664" s="13">
-        <v>1144</v>
+        <v>27</v>
       </c>
       <c r="H664" s="15"/>
     </row>
-    <row r="665" ht="32.25" customHeight="1">
+    <row r="665" ht="21.75" customHeight="1">
       <c t="s" r="A665" s="8">
-        <v>166</v>
+        <v>1155</v>
       </c>
       <c t="s" r="B665" s="9">
-        <v>174</v>
+        <v>1156</v>
       </c>
       <c t="s" r="C665" s="9">
-        <v>1145</v>
+        <v>1158</v>
       </c>
       <c t="s" r="D665" s="9">
-        <v>1143</v>
+        <v>157</v>
       </c>
       <c r="E665" s="9"/>
       <c t="s" r="F665" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G665" s="10">
-        <v>1146</v>
+        <v>27</v>
       </c>
       <c r="H665" s="14"/>
     </row>
     <row r="666" ht="22.5" customHeight="1">
       <c t="s" r="A666" s="11">
-        <v>128</v>
+        <v>23</v>
       </c>
       <c t="s" r="B666" s="12">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c t="s" r="C666" s="12">
-        <v>1147</v>
+        <v>1159</v>
       </c>
       <c t="s" r="D666" s="12">
-        <v>1143</v>
+        <v>1160</v>
       </c>
       <c r="E666" s="12"/>
       <c t="s" r="F666" s="13">
-        <v>40</v>
+        <v>1161</v>
       </c>
       <c t="s" r="G666" s="13">
-        <v>1148</v>
+        <v>17</v>
       </c>
       <c r="H666" s="15"/>
     </row>
-    <row r="667" ht="21.75" customHeight="1">
+    <row r="667" ht="22.5" customHeight="1">
       <c t="s" r="A667" s="8">
-        <v>137</v>
+        <v>606</v>
       </c>
       <c t="s" r="B667" s="9">
-        <v>138</v>
+        <v>612</v>
       </c>
       <c t="s" r="C667" s="9">
-        <v>1149</v>
+        <v>1162</v>
       </c>
       <c t="s" r="D667" s="9">
-        <v>1143</v>
+        <v>1163</v>
       </c>
       <c r="E667" s="9"/>
       <c t="s" r="F667" s="10">
         <v>40</v>
       </c>
       <c t="s" r="G667" s="10">
-        <v>384</v>
+        <v>63</v>
       </c>
       <c r="H667" s="14"/>
     </row>
-    <row r="668" ht="22.5" customHeight="1">
+    <row r="668" ht="21.75" customHeight="1">
       <c t="s" r="A668" s="11">
-        <v>137</v>
+        <v>610</v>
       </c>
       <c t="s" r="B668" s="12">
-        <v>143</v>
+        <v>612</v>
       </c>
       <c t="s" r="C668" s="12">
-        <v>1150</v>
+        <v>613</v>
       </c>
       <c t="s" r="D668" s="12">
-        <v>1143</v>
+        <v>1163</v>
       </c>
       <c r="E668" s="12"/>
       <c t="s" r="F668" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G668" s="13">
-        <v>1151</v>
+        <v>63</v>
       </c>
       <c r="H668" s="15"/>
     </row>
-    <row r="669" ht="21.75" customHeight="1">
+    <row r="669" ht="32.25" customHeight="1">
       <c t="s" r="A669" s="8">
-        <v>161</v>
+        <v>1164</v>
       </c>
       <c t="s" r="B669" s="9">
-        <v>162</v>
+        <v>1165</v>
       </c>
       <c t="s" r="C669" s="9">
-        <v>1152</v>
+        <v>1166</v>
       </c>
       <c t="s" r="D669" s="9">
-        <v>1143</v>
+        <v>1167</v>
       </c>
       <c r="E669" s="9"/>
       <c t="s" r="F669" s="10">
-        <v>40</v>
+        <v>1168</v>
       </c>
       <c t="s" r="G669" s="10">
-        <v>1148</v>
+        <v>1132</v>
       </c>
       <c r="H669" s="14"/>
     </row>
-    <row r="670" ht="22.5" customHeight="1">
+    <row r="670" ht="21.75" customHeight="1">
       <c t="s" r="A670" s="11">
-        <v>161</v>
+        <v>1155</v>
       </c>
       <c t="s" r="B670" s="12">
-        <v>162</v>
+        <v>1156</v>
       </c>
       <c t="s" r="C670" s="12">
-        <v>1153</v>
+        <v>1169</v>
       </c>
       <c t="s" r="D670" s="12">
-        <v>1143</v>
+        <v>1170</v>
       </c>
       <c r="E670" s="12"/>
       <c t="s" r="F670" s="13">
         <v>40</v>
       </c>
       <c t="s" r="G670" s="13">
-        <v>1154</v>
+        <v>27</v>
       </c>
       <c r="H670" s="15"/>
     </row>
-    <row r="671" ht="21.75" customHeight="1">
+    <row r="671" ht="22.5" customHeight="1">
       <c t="s" r="A671" s="8">
-        <v>632</v>
+        <v>119</v>
       </c>
       <c t="s" r="B671" s="9">
-        <v>633</v>
+        <v>135</v>
       </c>
       <c t="s" r="C671" s="9">
-        <v>1155</v>
+        <v>1171</v>
       </c>
       <c t="s" r="D671" s="9">
-        <v>1156</v>
+        <v>951</v>
       </c>
       <c r="E671" s="9"/>
       <c t="s" r="F671" s="10">
-        <v>40</v>
+        <v>1172</v>
       </c>
       <c t="s" r="G671" s="10">
-        <v>1148</v>
-[...3 lines deleted...]
-    <row r="672" ht="22.5" customHeight="1">
+        <v>1173</v>
+      </c>
+      <c t="s" r="H671" s="9">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="672" ht="32.25" customHeight="1">
       <c t="s" r="A672" s="11">
-        <v>115</v>
+        <v>1164</v>
       </c>
       <c t="s" r="B672" s="12">
-        <v>116</v>
+        <v>1165</v>
       </c>
       <c t="s" r="C672" s="12">
-        <v>1157</v>
+        <v>1174</v>
       </c>
       <c t="s" r="D672" s="12">
-        <v>1158</v>
+        <v>1174</v>
       </c>
       <c r="E672" s="12"/>
       <c t="s" r="F672" s="13">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c t="s" r="G672" s="13">
-        <v>101</v>
+        <v>47</v>
       </c>
       <c r="H672" s="15"/>
     </row>
     <row r="673" ht="21.75" customHeight="1">
       <c t="s" r="A673" s="8">
-        <v>115</v>
+        <v>366</v>
       </c>
       <c t="s" r="B673" s="9">
-        <v>116</v>
+        <v>367</v>
       </c>
       <c t="s" r="C673" s="9">
-        <v>1159</v>
+        <v>1175</v>
       </c>
       <c t="s" r="D673" s="9">
-        <v>1158</v>
+        <v>1176</v>
       </c>
       <c r="E673" s="9"/>
       <c t="s" r="F673" s="10">
-        <v>40</v>
+        <v>1177</v>
       </c>
       <c t="s" r="G673" s="10">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="H673" s="14"/>
+        <v>240</v>
+      </c>
+      <c t="s" r="H673" s="9">
+        <v>371</v>
+      </c>
     </row>
     <row r="674" ht="22.5" customHeight="1">
       <c t="s" r="A674" s="11">
-        <v>115</v>
+        <v>366</v>
       </c>
       <c t="s" r="B674" s="12">
-        <v>116</v>
+        <v>367</v>
       </c>
       <c t="s" r="C674" s="12">
-        <v>1160</v>
+        <v>1178</v>
       </c>
       <c t="s" r="D674" s="12">
-        <v>1158</v>
+        <v>1179</v>
       </c>
       <c r="E674" s="12"/>
       <c t="s" r="F674" s="13">
-        <v>40</v>
+        <v>370</v>
       </c>
       <c t="s" r="G674" s="13">
-        <v>66</v>
-[...3 lines deleted...]
-    <row r="675" ht="22.5" customHeight="1">
+        <v>1180</v>
+      </c>
+      <c t="s" r="H674" s="12">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="675" ht="32.25" customHeight="1">
       <c t="s" r="A675" s="8">
-        <v>115</v>
+        <v>1181</v>
       </c>
       <c t="s" r="B675" s="9">
-        <v>116</v>
+        <v>1182</v>
       </c>
       <c t="s" r="C675" s="9">
-        <v>1161</v>
+        <v>1183</v>
       </c>
       <c t="s" r="D675" s="9">
-        <v>1158</v>
+        <v>675</v>
       </c>
       <c r="E675" s="9"/>
       <c t="s" r="F675" s="10">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G675" s="10">
-        <v>66</v>
+        <v>152</v>
       </c>
       <c r="H675" s="14"/>
     </row>
-    <row r="676" ht="21.75" customHeight="1">
+    <row r="676" ht="32.25" customHeight="1">
       <c t="s" r="A676" s="11">
-        <v>115</v>
+        <v>1181</v>
       </c>
       <c t="s" r="B676" s="12">
-        <v>116</v>
+        <v>1184</v>
       </c>
       <c t="s" r="C676" s="12">
-        <v>1162</v>
+        <v>1185</v>
       </c>
       <c t="s" r="D676" s="12">
-        <v>1158</v>
+        <v>675</v>
       </c>
       <c r="E676" s="12"/>
       <c t="s" r="F676" s="13">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G676" s="13">
-        <v>66</v>
+        <v>152</v>
       </c>
       <c r="H676" s="15"/>
     </row>
-    <row r="677" ht="22.5" customHeight="1">
+    <row r="677" ht="31.5" customHeight="1">
       <c t="s" r="A677" s="8">
-        <v>115</v>
+        <v>1181</v>
       </c>
       <c t="s" r="B677" s="9">
-        <v>116</v>
+        <v>1182</v>
       </c>
       <c t="s" r="C677" s="9">
-        <v>1163</v>
+        <v>1186</v>
       </c>
       <c t="s" r="D677" s="9">
-        <v>1158</v>
+        <v>157</v>
       </c>
       <c r="E677" s="9"/>
       <c t="s" r="F677" s="10">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G677" s="10">
-        <v>66</v>
+        <v>152</v>
       </c>
       <c r="H677" s="14"/>
     </row>
-    <row r="678" ht="21.75" customHeight="1">
+    <row r="678" ht="32.25" customHeight="1">
       <c t="s" r="A678" s="11">
-        <v>258</v>
+        <v>1181</v>
       </c>
       <c t="s" r="B678" s="12">
-        <v>259</v>
+        <v>1182</v>
       </c>
       <c t="s" r="C678" s="12">
-        <v>1164</v>
+        <v>1187</v>
       </c>
       <c t="s" r="D678" s="12">
-        <v>1165</v>
+        <v>157</v>
       </c>
       <c r="E678" s="12"/>
       <c t="s" r="F678" s="13">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G678" s="13">
-        <v>1166</v>
+        <v>152</v>
       </c>
       <c r="H678" s="15"/>
     </row>
-    <row r="679" ht="22.5" customHeight="1">
+    <row r="679" ht="32.25" customHeight="1">
       <c t="s" r="A679" s="8">
-        <v>77</v>
+        <v>1181</v>
       </c>
       <c t="s" r="B679" s="9">
-        <v>78</v>
+        <v>1182</v>
       </c>
       <c t="s" r="C679" s="9">
-        <v>1167</v>
+        <v>1188</v>
       </c>
       <c t="s" r="D679" s="9">
-        <v>1168</v>
+        <v>157</v>
       </c>
       <c r="E679" s="9"/>
       <c t="s" r="F679" s="10">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G679" s="10">
-        <v>81</v>
+        <v>152</v>
       </c>
       <c r="H679" s="14"/>
     </row>
-    <row r="680" ht="21.75" customHeight="1">
+    <row r="680" ht="32.25" customHeight="1">
       <c t="s" r="A680" s="11">
-        <v>107</v>
+        <v>1181</v>
       </c>
       <c t="s" r="B680" s="12">
-        <v>108</v>
+        <v>1184</v>
       </c>
       <c t="s" r="C680" s="12">
-        <v>1169</v>
+        <v>1189</v>
       </c>
       <c t="s" r="D680" s="12">
-        <v>1170</v>
+        <v>157</v>
       </c>
       <c r="E680" s="12"/>
       <c t="s" r="F680" s="13">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G680" s="13">
-        <v>1016</v>
+        <v>152</v>
       </c>
       <c r="H680" s="15"/>
     </row>
-    <row r="681" ht="18" customHeight="1">
+    <row r="681" ht="32.25" customHeight="1">
       <c t="s" r="A681" s="8">
-        <v>137</v>
+        <v>1181</v>
       </c>
       <c t="s" r="B681" s="9">
-        <v>138</v>
+        <v>1184</v>
       </c>
       <c t="s" r="C681" s="9">
-        <v>1171</v>
+        <v>1190</v>
       </c>
       <c t="s" r="D681" s="9">
-        <v>1172</v>
+        <v>157</v>
       </c>
       <c r="E681" s="9"/>
       <c t="s" r="F681" s="10">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G681" s="10">
-        <v>384</v>
+        <v>152</v>
       </c>
       <c r="H681" s="14"/>
     </row>
-    <row r="682" ht="18" customHeight="1">
+    <row r="682" ht="21.75" customHeight="1">
       <c t="s" r="A682" s="11">
-        <v>137</v>
+        <v>1155</v>
       </c>
       <c t="s" r="B682" s="12">
-        <v>138</v>
+        <v>1156</v>
       </c>
       <c t="s" r="C682" s="12">
-        <v>1173</v>
+        <v>1191</v>
       </c>
       <c t="s" r="D682" s="12">
-        <v>1172</v>
+        <v>1192</v>
       </c>
       <c r="E682" s="12"/>
       <c t="s" r="F682" s="13">
-        <v>40</v>
+        <v>1193</v>
       </c>
       <c t="s" r="G682" s="13">
         <v>31</v>
       </c>
       <c r="H682" s="15"/>
     </row>
-    <row r="683" ht="22.5" customHeight="1">
+    <row r="683" ht="32.25" customHeight="1">
       <c t="s" r="A683" s="8">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c t="s" r="B683" s="9">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c t="s" r="C683" s="9">
-        <v>1176</v>
+        <v>1194</v>
       </c>
       <c t="s" r="D683" s="9">
-        <v>1177</v>
+        <v>185</v>
       </c>
       <c r="E683" s="9"/>
       <c t="s" r="F683" s="10">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G683" s="10">
-        <v>282</v>
+        <v>152</v>
       </c>
       <c r="H683" s="14"/>
     </row>
-    <row r="684" ht="21.75" customHeight="1">
+    <row r="684" ht="32.25" customHeight="1">
       <c t="s" r="A684" s="11">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c t="s" r="B684" s="12">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c t="s" r="C684" s="12">
-        <v>1179</v>
+        <v>1195</v>
       </c>
       <c t="s" r="D684" s="12">
-        <v>1177</v>
+        <v>185</v>
       </c>
       <c r="E684" s="12"/>
       <c t="s" r="F684" s="13">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G684" s="13">
-        <v>282</v>
+        <v>152</v>
       </c>
       <c r="H684" s="15"/>
     </row>
-    <row r="685" ht="22.5" customHeight="1">
+    <row r="685" ht="32.25" customHeight="1">
       <c t="s" r="A685" s="8">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c t="s" r="B685" s="9">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c t="s" r="C685" s="9">
-        <v>1181</v>
+        <v>1196</v>
       </c>
       <c t="s" r="D685" s="9">
-        <v>1177</v>
+        <v>185</v>
       </c>
       <c r="E685" s="9"/>
       <c t="s" r="F685" s="10">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G685" s="10">
-        <v>282</v>
+        <v>152</v>
       </c>
       <c r="H685" s="14"/>
     </row>
-    <row r="686" ht="22.5" customHeight="1">
+    <row r="686" ht="32.25" customHeight="1">
       <c t="s" r="A686" s="11">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c t="s" r="B686" s="12">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c t="s" r="C686" s="12">
-        <v>1183</v>
+        <v>1197</v>
       </c>
       <c t="s" r="D686" s="12">
-        <v>1177</v>
+        <v>185</v>
       </c>
       <c r="E686" s="12"/>
       <c t="s" r="F686" s="13">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c t="s" r="G686" s="13">
-        <v>282</v>
+        <v>152</v>
       </c>
       <c r="H686" s="15"/>
     </row>
-    <row r="687" ht="81.75" customHeight="1">
+    <row r="687" ht="31.5" customHeight="1">
       <c t="s" r="A687" s="8">
-        <v>247</v>
+        <v>353</v>
       </c>
       <c t="s" r="B687" s="9">
-        <v>248</v>
+        <v>354</v>
       </c>
       <c t="s" r="C687" s="9">
-        <v>1184</v>
+        <v>1198</v>
       </c>
       <c t="s" r="D687" s="9">
-        <v>37</v>
+        <v>1000</v>
       </c>
       <c r="E687" s="9"/>
       <c t="s" r="F687" s="10">
-        <v>16</v>
+        <v>1199</v>
       </c>
       <c t="s" r="G687" s="10">
-        <v>1185</v>
+        <v>1200</v>
       </c>
       <c t="s" r="H687" s="9">
-        <v>1186</v>
-[...2 lines deleted...]
-    <row r="688" ht="81.75" customHeight="1">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="688" ht="32.25" customHeight="1">
       <c t="s" r="A688" s="11">
-        <v>247</v>
+        <v>353</v>
       </c>
       <c t="s" r="B688" s="12">
-        <v>248</v>
+        <v>354</v>
       </c>
       <c t="s" r="C688" s="12">
-        <v>1187</v>
+        <v>1202</v>
       </c>
       <c t="s" r="D688" s="12">
-        <v>37</v>
+        <v>1000</v>
       </c>
       <c r="E688" s="12"/>
       <c t="s" r="F688" s="13">
-        <v>16</v>
+        <v>1199</v>
       </c>
       <c t="s" r="G688" s="13">
-        <v>1185</v>
+        <v>1203</v>
       </c>
       <c t="s" r="H688" s="12">
-        <v>1188</v>
-[...140 lines deleted...]
-      <c t="s" r="H694" s="12">
         <v>1201</v>
       </c>
     </row>
-    <row r="695" ht="32.25" customHeight="1">
-[...540 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="718">
+  <mergeCells count="688">
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="E5:H5"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="D12:E12"/>
     <mergeCell ref="D13:E13"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="D15:E15"/>
     <mergeCell ref="D16:E16"/>
     <mergeCell ref="D17:E17"/>
     <mergeCell ref="D18:E18"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="D21:E21"/>
     <mergeCell ref="D22:E22"/>
     <mergeCell ref="D23:E23"/>
     <mergeCell ref="D24:E24"/>
     <mergeCell ref="D25:E25"/>
@@ -21902,75 +21008,45 @@
     <mergeCell ref="D664:E664"/>
     <mergeCell ref="D665:E665"/>
     <mergeCell ref="D666:E666"/>
     <mergeCell ref="D667:E667"/>
     <mergeCell ref="D668:E668"/>
     <mergeCell ref="D669:E669"/>
     <mergeCell ref="D670:E670"/>
     <mergeCell ref="D671:E671"/>
     <mergeCell ref="D672:E672"/>
     <mergeCell ref="D673:E673"/>
     <mergeCell ref="D674:E674"/>
     <mergeCell ref="D675:E675"/>
     <mergeCell ref="D676:E676"/>
     <mergeCell ref="D677:E677"/>
     <mergeCell ref="D678:E678"/>
     <mergeCell ref="D679:E679"/>
     <mergeCell ref="D680:E680"/>
     <mergeCell ref="D681:E681"/>
     <mergeCell ref="D682:E682"/>
     <mergeCell ref="D683:E683"/>
     <mergeCell ref="D684:E684"/>
     <mergeCell ref="D685:E685"/>
     <mergeCell ref="D686:E686"/>
     <mergeCell ref="D687:E687"/>
     <mergeCell ref="D688:E688"/>
-    <mergeCell ref="D689:E689"/>
-[...28 lines deleted...]
-    <mergeCell ref="D718:E718"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.28999999165534973" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="DXVersion">
     <vt:lpwstr>22.1.5.0</vt:lpwstr>
   </property>
 </Properties>
 </file>